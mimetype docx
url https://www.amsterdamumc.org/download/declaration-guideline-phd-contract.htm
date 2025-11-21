--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,47 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="549F437C" w14:textId="000F8069" w:rsidR="00505539" w:rsidRPr="00256F12" w:rsidRDefault="00D521C2" w:rsidP="00E1684F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -70,94 +66,126 @@
       </w:r>
       <w:r w:rsidRPr="00256F12">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ontract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C69F91" w14:textId="77777777" w:rsidR="002A1811" w:rsidRDefault="002A1811" w:rsidP="00E1684F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="736EC0F2" w14:textId="77777777" w:rsidR="002A1811" w:rsidRDefault="002A1811" w:rsidP="00E1684F">
+    <w:p w14:paraId="736EC0F2" w14:textId="6058CE79" w:rsidR="002A1811" w:rsidRDefault="002A1811" w:rsidP="00E1684F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A1811">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This form should only be completed if the PhD candidate has </w:t>
       </w:r>
       <w:r w:rsidRPr="002A1811">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="002A1811">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> been offered a full-time, four-year contract.</w:t>
+        <w:t xml:space="preserve"> been offered a full-time, four-year </w:t>
+      </w:r>
+      <w:r w:rsidR="00720DEA" w:rsidRPr="00720DEA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PhD position</w:t>
+      </w:r>
+      <w:r w:rsidR="00720DEA" w:rsidRPr="002A1811">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1811">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C34E7C" w14:textId="07AC2E09" w:rsidR="009E4301" w:rsidRPr="00256F12" w:rsidRDefault="002552AC" w:rsidP="00E1684F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5906E2B6" wp14:editId="0AC003AE">
@@ -295,1021 +323,633 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This form concerns the contract of</w:t>
       </w:r>
       <w:r w:rsidR="009E4301" w:rsidRPr="002552AC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> PhD candidate: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A24407" w14:textId="77F712E2" w:rsidR="00D521C2" w:rsidRPr="009E4301" w:rsidRDefault="00D521C2" w:rsidP="00E1684F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4349035E" w14:textId="113A1C70" w:rsidR="00D521C2" w:rsidRPr="00D521C2" w:rsidRDefault="00D521C2" w:rsidP="00D521C2">
+    <w:p w14:paraId="1B409159" w14:textId="77777777" w:rsidR="0003642E" w:rsidRPr="00D521C2" w:rsidRDefault="0003642E" w:rsidP="0003642E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D521C2">
+      <w:r w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Does the PhD contract adhere to the </w:t>
-[...13 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">Is the PhD trajectory intended to comply with the </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="003A0537">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.amsterdamumc.org/download/guideline-phd-contract-1.htm"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="002360E7">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guideline PhD Contract</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: Full-time (1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>fte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 36 hours per week) PhD of 4 years, fully funded, by a</w:t>
       </w:r>
-      <w:r w:rsidR="00F37F32">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘PhD candidate position’</w:t>
       </w:r>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> employment contract, and in agreement with the general terms and conditions of employment of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="003A0537">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://werkenbij.amsterdamumc.org/en/terms-of-employment/terms-of-employment-amsterdam-umc-research-bv"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AD4057">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Amsterdam UMC Research B.V.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="003A0537">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.nfu.nl/en/umc-employees/cao-university-medical-centers"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F37F32">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CAO UMC</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573B4DA7" w14:textId="77777777" w:rsidR="00D521C2" w:rsidRDefault="00D521C2" w:rsidP="00E1684F">
+    <w:p w14:paraId="1714B2D7" w14:textId="77777777" w:rsidR="0003642E" w:rsidRDefault="0003642E" w:rsidP="0003642E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="752ABB81" w14:textId="027AE317" w:rsidR="00393589" w:rsidRDefault="002A1811" w:rsidP="00393589">
+    <w:bookmarkStart w:id="0" w:name="_Hlk212202415"/>
+    <w:p w14:paraId="101D9BBB" w14:textId="77777777" w:rsidR="0003642E" w:rsidRPr="008D3C67" w:rsidRDefault="003A0537" w:rsidP="0003642E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="840978636"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00393589">
+          <w:r w:rsidR="0003642E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00393589" w:rsidRPr="00D521C2">
-[...53 lines deleted...]
-      <w:r w:rsidR="00393589">
+      <w:r w:rsidR="0003642E" w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465C2F">
-[...17 lines deleted...]
-      <w:r w:rsidR="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, a full-time PhD candidate contract is intended. The appointment may start with less than 4 years and/or less than full-time, with the intention to extend to a full-time, 4-year contract. Funding is secured for 4 years.</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46078" w:rsidRPr="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>--&gt; skip question 2 and send the document to HR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E71B4">
+        <w:t xml:space="preserve">→ Skip question 2 (only signatures from the project leader and PhD candidate are required – </w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="002E71B4" w:rsidRPr="00F67149">
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signature needed from the head of department).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528796E1" w14:textId="48FF7EC6" w:rsidR="00465C2F" w:rsidRDefault="002A1811" w:rsidP="00465C2F">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5AEBFC32" w14:textId="77777777" w:rsidR="0003642E" w:rsidRDefault="003A0537" w:rsidP="0003642E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1819404230"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00465C2F">
+          <w:r w:rsidR="0003642E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00465C2F" w:rsidRPr="00D521C2">
+      <w:r w:rsidR="0003642E" w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465C2F">
-[...45 lines deleted...]
-      <w:r w:rsidR="00FC428B">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, the contract is for a shorter and/or part-time PhD trajectory, or the PhD is combined with other (e.g. clinical) work.</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465C2F" w:rsidRPr="00465C2F">
-[...18 lines deleted...]
-      <w:r w:rsidR="00D46078" w:rsidRPr="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">--&gt; </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>→ Proceed to question 2 (all signatures required).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066CB095" w14:textId="5413F4CA" w:rsidR="00465C2F" w:rsidRDefault="002A1811" w:rsidP="00465C2F">
+    <w:p w14:paraId="2A36EAE6" w14:textId="77777777" w:rsidR="0003642E" w:rsidRDefault="003A0537" w:rsidP="0003642E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="760256775"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00793F9F">
+          <w:r w:rsidR="0003642E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00465C2F" w:rsidRPr="00D521C2">
+      <w:r w:rsidR="0003642E" w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465C2F">
-[...36 lines deleted...]
-      <w:r w:rsidR="00465C2F">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, (part of) the funding for the PhD trajectory is not yet secured.</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465C2F" w:rsidRPr="00465C2F">
-[...36 lines deleted...]
-      <w:r w:rsidR="00D46078" w:rsidRPr="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">--&gt; </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>→ Proceed to question 2 (all signatures required).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E972132" w14:textId="6481616F" w:rsidR="005040C7" w:rsidRDefault="002A1811" w:rsidP="0073508F">
+    <w:p w14:paraId="17DE4024" w14:textId="77777777" w:rsidR="0003642E" w:rsidRDefault="003A0537" w:rsidP="0003642E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="783162951"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00793F9F">
+          <w:r w:rsidR="0003642E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00793F9F" w:rsidRPr="00D521C2">
+      <w:r w:rsidR="0003642E" w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00793F9F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0003642E" w:rsidRPr="00FC7F13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk184741497"/>
-[...54 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk184741497"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk184741147"/>
+      <w:r w:rsidR="0003642E" w:rsidRPr="00FC7F13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00E64949">
-[...8 lines deleted...]
-      <w:r w:rsidR="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PhD candidate contract, but alternative compensation applies (e.g. a different type of contract, external scholarship, or self-funding).</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00D46078" w:rsidRPr="00D46078">
+      <w:r w:rsidR="0003642E" w:rsidRPr="008D3C67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">--&gt; </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>→ Proceed to question 2 (all signatures required).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A989ACA" w14:textId="77777777" w:rsidR="005040C7" w:rsidRDefault="005040C7" w:rsidP="005040C7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="335A9C0F" w14:textId="25960BE7" w:rsidR="001F696E" w:rsidRDefault="00793F9F" w:rsidP="00BA3115">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1339,51 +979,71 @@
       <w:r w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>answer</w:t>
       </w:r>
       <w:r w:rsidR="00D6511C" w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ‘No’ to the above question</w:t>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7F13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4F31">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>’ to the above question</w:t>
       </w:r>
       <w:r w:rsidR="00D6511C" w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the PhD contract deviates from the standard</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, describe here how the PhD may be finished in time and with good quality (</w:t>
       </w:r>
       <w:r w:rsidR="00172D95" w:rsidRPr="007C4F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -1496,51 +1156,51 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> before sending it to HR. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="016DD4A6" w14:textId="47A9DDC8" w:rsidR="00D67ED7" w:rsidRPr="008105FA" w:rsidRDefault="00D67ED7" w:rsidP="008105FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008105FA" w:rsidRPr="002A1811" w14:paraId="338B9666" w14:textId="77777777" w:rsidTr="008105FA">
+      <w:tr w:rsidR="008105FA" w:rsidRPr="003A0537" w14:paraId="338B9666" w14:textId="77777777" w:rsidTr="008105FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7815BC0D" w14:textId="77777777" w:rsidR="008105FA" w:rsidRDefault="008105FA" w:rsidP="00A278EC">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E057743" w14:textId="77777777" w:rsidR="008105FA" w:rsidRDefault="008105FA" w:rsidP="00A278EC">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -2746,51 +2406,50 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13D10B34" w14:textId="27F5827E" w:rsidR="00C1072E" w:rsidRPr="001E0E36" w:rsidRDefault="00C1072E" w:rsidP="00B8166D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Checklist for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guideline PhD Contract</w:t>
       </w:r>
     </w:p>
@@ -2828,51 +2487,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>head of the department</w:t>
       </w:r>
       <w:r w:rsidR="006B5846">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> can use the following checklist to assess the Declaration Guideline PhD Contract when the PhD contract does not adhere to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00D57D94" w:rsidRPr="002360E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Guideline PhD Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D57D94" w:rsidRPr="00D521C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: Full-time (1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D57D94" w:rsidRPr="00D521C2">
         <w:rPr>
@@ -3169,51 +2828,51 @@
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78B78B80" w14:textId="0EB41C21" w:rsidR="008D0539" w:rsidRDefault="008D0539" w:rsidP="00172D95">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795DD1" w:rsidRPr="002A1811" w14:paraId="78345C92" w14:textId="77777777" w:rsidTr="008D0539">
+      <w:tr w:rsidR="00795DD1" w:rsidRPr="003A0537" w14:paraId="78345C92" w14:textId="77777777" w:rsidTr="008D0539">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ECBFB8C" w14:textId="7AE7FCD6" w:rsidR="00795DD1" w:rsidRPr="000C563A" w:rsidRDefault="00795DD1" w:rsidP="000C563A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C563A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader established a clear, realistic timeline for the PhD project that is achievable within the desired time frame?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3229,51 +2888,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27AB7857" w14:textId="77777777" w:rsidR="00795DD1" w:rsidRDefault="00795DD1" w:rsidP="00172D95">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795DD1" w:rsidRPr="002A1811" w14:paraId="69CA2C85" w14:textId="77777777" w:rsidTr="008D0539">
+      <w:tr w:rsidR="00795DD1" w:rsidRPr="003A0537" w14:paraId="69CA2C85" w14:textId="77777777" w:rsidTr="008D0539">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BD04B5F" w14:textId="0AA5E721" w:rsidR="00795DD1" w:rsidRPr="000C563A" w:rsidRDefault="00795DD1" w:rsidP="000C563A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C563A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader narrowed the focus to avoid unnecessary complexity and potential delays?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3289,51 +2948,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77CF6106" w14:textId="77777777" w:rsidR="00795DD1" w:rsidRDefault="00795DD1" w:rsidP="00172D95">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795DD1" w:rsidRPr="002A1811" w14:paraId="4BCA9300" w14:textId="77777777" w:rsidTr="008D0539">
+      <w:tr w:rsidR="00795DD1" w:rsidRPr="003A0537" w14:paraId="4BCA9300" w14:textId="77777777" w:rsidTr="008D0539">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C1AE893" w14:textId="5972E8DF" w:rsidR="00795DD1" w:rsidRPr="000C563A" w:rsidRDefault="00795DD1" w:rsidP="000C563A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C563A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader developed an efficient work plan that identifies and prioritizes critical tasks and minimizes non-essential tasks?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3349,51 +3008,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="152F1F25" w14:textId="77777777" w:rsidR="00795DD1" w:rsidRDefault="00795DD1" w:rsidP="00172D95">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795DD1" w:rsidRPr="002A1811" w14:paraId="1D0DBCB0" w14:textId="77777777" w:rsidTr="008D0539">
+      <w:tr w:rsidR="00795DD1" w:rsidRPr="003A0537" w14:paraId="1D0DBCB0" w14:textId="77777777" w:rsidTr="008D0539">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3576488F" w14:textId="378E84F6" w:rsidR="00795DD1" w:rsidRPr="000C563A" w:rsidRDefault="00795DD1" w:rsidP="000C563A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C563A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If part-time, has the project leader worked with the PhD candidate to develop a flexible schedule that accommodates other commitments and work-life balance?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3555,51 +3214,51 @@
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B0B57F4" w14:textId="77777777" w:rsidR="00E40C7A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E40C7A" w:rsidRPr="002A1811" w14:paraId="0161CEA1" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="00E40C7A" w:rsidRPr="003A0537" w14:paraId="0161CEA1" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62B53699" w14:textId="01CAA164" w:rsidR="00E40C7A" w:rsidRPr="000C563A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED0A12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader made salary and funding arrangements transparent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3633,51 +3292,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F23F458" w14:textId="77777777" w:rsidR="00E40C7A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E40C7A" w:rsidRPr="002A1811" w14:paraId="704B357F" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="00E40C7A" w:rsidRPr="003A0537" w14:paraId="704B357F" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2040B73B" w14:textId="1424CDBB" w:rsidR="00E40C7A" w:rsidRPr="000C563A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00523DAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the project leader have a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3828,51 +3487,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="470D9CF5" w14:textId="77777777" w:rsidR="00E40C7A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E40C7A" w:rsidRPr="002A1811" w14:paraId="50A97107" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="00E40C7A" w:rsidRPr="003A0537" w14:paraId="50A97107" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="105048D1" w14:textId="168ACD59" w:rsidR="00E40C7A" w:rsidRPr="000C563A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00523DAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Does the project leader have a history of successfully securing funding for PhD students or similar research projects?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3888,51 +3547,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51FF77F2" w14:textId="77777777" w:rsidR="00E40C7A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E40C7A" w:rsidRPr="002A1811" w14:paraId="117BFED2" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="00E40C7A" w:rsidRPr="003A0537" w14:paraId="117BFED2" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F620BE3" w14:textId="4CF402B4" w:rsidR="00E40C7A" w:rsidRPr="00E40C7A" w:rsidRDefault="00E40C7A" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E40C7A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader described feasible endpoints (</w:t>
             </w:r>
             <w:r w:rsidRPr="00E40C7A">
               <w:rPr>
                 <w:rStyle w:val="oypena"/>
@@ -4186,51 +3845,51 @@
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3947FCC4" w14:textId="77777777" w:rsidR="0067471D" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067471D" w:rsidRPr="002A1811" w14:paraId="40672BC1" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="0067471D" w:rsidRPr="003A0537" w14:paraId="40672BC1" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD0CFA6" w14:textId="4F748C97" w:rsidR="0067471D" w:rsidRPr="000C563A" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED0A12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader made salary and funding arrangements transparent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4264,51 +3923,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AB1C1DD" w14:textId="77777777" w:rsidR="0067471D" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067471D" w:rsidRPr="002A1811" w14:paraId="33BA7F69" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="0067471D" w:rsidRPr="003A0537" w14:paraId="33BA7F69" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5106573D" w14:textId="05F62469" w:rsidR="0067471D" w:rsidRPr="000C563A" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED0A12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has the project leader identified and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4342,51 +4001,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E184275" w14:textId="77777777" w:rsidR="0067471D" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067471D" w:rsidRPr="002A1811" w14:paraId="6EF7236F" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="0067471D" w:rsidRPr="003A0537" w14:paraId="6EF7236F" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B6B132" w14:textId="0F261F1E" w:rsidR="0067471D" w:rsidRPr="000C563A" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00216ACB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Have potential opportunities for supplementary income been explored, such as teaching/research assistantships?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4402,51 +4061,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2346D21B" w14:textId="77777777" w:rsidR="0067471D" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067471D" w:rsidRPr="002A1811" w14:paraId="39EB47F7" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="0067471D" w:rsidRPr="003A0537" w14:paraId="39EB47F7" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A173A0F" w14:textId="6BA95E60" w:rsidR="0067471D" w:rsidRPr="00E40C7A" w:rsidRDefault="00CA636E" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00216ACB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Does the declaration contain a budget demonstrating that the PhD candidate has sufficient funding to cover living expenses?</w:t>
             </w:r>
             <w:r w:rsidRPr="00E40C7A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4471,51 +4130,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1278A8AA" w14:textId="77777777" w:rsidR="0067471D" w:rsidRDefault="0067471D" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA636E" w:rsidRPr="002A1811" w14:paraId="2F293284" w14:textId="77777777" w:rsidTr="00CF1DAD">
+      <w:tr w:rsidR="00CA636E" w:rsidRPr="003A0537" w14:paraId="2F293284" w14:textId="77777777" w:rsidTr="00CF1DAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F2A6420" w14:textId="6FD0E242" w:rsidR="00CA636E" w:rsidRPr="00216ACB" w:rsidRDefault="00CA636E" w:rsidP="00CF1DAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00216ACB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Is there a contingency plan for applying for financial aid or additional financial support if the reduced salary becomes unsustainable?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4545,56 +4204,52 @@
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29D8FE99" w14:textId="77777777" w:rsidR="0067471D" w:rsidRPr="004E70DB" w:rsidRDefault="0067471D" w:rsidP="004E70DB">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0067471D" w:rsidRPr="004E70DB">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F0BC528" w14:textId="77777777" w:rsidR="001A727D" w:rsidRDefault="001A727D" w:rsidP="00C1072E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33822EEF" w14:textId="77777777" w:rsidR="001A727D" w:rsidRDefault="001A727D" w:rsidP="00C1072E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -4678,97 +4333,105 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D2F5063" w14:textId="77777777" w:rsidR="00B15AD8" w:rsidRDefault="00B15AD8">
-[...9 lines deleted...]
-  <w:p w14:paraId="7C99C161" w14:textId="0A0221F3" w:rsidR="00D67ED7" w:rsidRPr="007C4F31" w:rsidRDefault="00D67ED7" w:rsidP="00D67ED7">
+  <w:p w14:paraId="7C99C161" w14:textId="16118BF8" w:rsidR="00D67ED7" w:rsidRPr="007C4F31" w:rsidRDefault="00D67ED7" w:rsidP="00D67ED7">
     <w:pPr>
       <w:pStyle w:val="Lijstalinea"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007C4F31">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">*If the head of the department is part of the supervisory team, the chair of the division signs for approval. If </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">the </w:t>
     </w:r>
     <w:r w:rsidRPr="007C4F31">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>chair of the division is part of the supervisory team, the faculty dean signs for approval.</w:t>
+      <w:t xml:space="preserve">chair of the division is part of the supervisory team, the </w:t>
+    </w:r>
+    <w:r w:rsidR="003A0537">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>vice chair of the division</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007C4F31">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> signs for approval.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5DC21EE6" w14:textId="77777777" w:rsidR="00D67ED7" w:rsidRDefault="00D67ED7">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1593C1BD" w14:textId="710458D6" w:rsidR="00CD7242" w:rsidRDefault="00CD7242">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -4813,188 +4476,145 @@
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CD7242">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">(Future) PhD candidates may </w:t>
     </w:r>
     <w:r w:rsidRPr="0003717B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">contact </w:t>
     </w:r>
-    <w:r w:rsidR="0003717B">
-[...23 lines deleted...]
-    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidR="0003717B" w:rsidRPr="0003717B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HR Research B.V.</w:t>
+      </w:r>
+    </w:hyperlink>
     <w:r w:rsidR="00B15AD8" w:rsidRPr="0003717B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="003630F9" w:rsidRPr="0003717B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="735DE792" w14:textId="77777777" w:rsidR="001A727D" w:rsidRDefault="001A727D" w:rsidP="00C1072E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62E9553D" w14:textId="77777777" w:rsidR="001A727D" w:rsidRDefault="001A727D" w:rsidP="00C1072E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-4602082"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="0FC7647B" w14:textId="1BA0B8C5" w:rsidR="003630F9" w:rsidRDefault="003630F9">
         <w:pPr>
           <w:pStyle w:val="Koptekst"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="75561953" w14:textId="77777777" w:rsidR="00AE4C40" w:rsidRDefault="00AE4C40">
-    <w:pPr>
-[...8 lines deleted...]
-  <w:p w14:paraId="583935B5" w14:textId="77777777" w:rsidR="00B15AD8" w:rsidRDefault="00B15AD8">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12D52C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12328E30"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6280,217 +5900,232 @@
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D521C2"/>
+    <w:rsid w:val="0003642E"/>
     <w:rsid w:val="0003717B"/>
     <w:rsid w:val="00050383"/>
     <w:rsid w:val="000537E1"/>
     <w:rsid w:val="00061D30"/>
     <w:rsid w:val="00072A30"/>
     <w:rsid w:val="000C563A"/>
     <w:rsid w:val="00115043"/>
     <w:rsid w:val="00140BEB"/>
     <w:rsid w:val="0015275E"/>
     <w:rsid w:val="001542D2"/>
     <w:rsid w:val="00172D95"/>
     <w:rsid w:val="001A71D9"/>
     <w:rsid w:val="001A727D"/>
     <w:rsid w:val="001B6DCB"/>
     <w:rsid w:val="001D3276"/>
     <w:rsid w:val="001F4606"/>
+    <w:rsid w:val="001F5EA8"/>
     <w:rsid w:val="001F696E"/>
     <w:rsid w:val="00221D7C"/>
     <w:rsid w:val="00225B02"/>
     <w:rsid w:val="002360E7"/>
     <w:rsid w:val="002552AC"/>
     <w:rsid w:val="0025550E"/>
     <w:rsid w:val="00256F12"/>
     <w:rsid w:val="0027743F"/>
     <w:rsid w:val="00281B17"/>
     <w:rsid w:val="002A1811"/>
     <w:rsid w:val="002B0E8B"/>
     <w:rsid w:val="002E0341"/>
     <w:rsid w:val="002E71B4"/>
     <w:rsid w:val="00342CB9"/>
     <w:rsid w:val="003462F4"/>
+    <w:rsid w:val="00350382"/>
     <w:rsid w:val="003504BF"/>
     <w:rsid w:val="003630F9"/>
     <w:rsid w:val="00393589"/>
+    <w:rsid w:val="003A0537"/>
     <w:rsid w:val="003A5644"/>
     <w:rsid w:val="003B7804"/>
+    <w:rsid w:val="003F528B"/>
     <w:rsid w:val="00425ED7"/>
     <w:rsid w:val="004534FA"/>
     <w:rsid w:val="00465C2F"/>
     <w:rsid w:val="00476272"/>
     <w:rsid w:val="004A6422"/>
+    <w:rsid w:val="004B0CCE"/>
     <w:rsid w:val="004B5946"/>
     <w:rsid w:val="004C1F7D"/>
     <w:rsid w:val="004D2153"/>
     <w:rsid w:val="004D71FC"/>
     <w:rsid w:val="004E10E2"/>
     <w:rsid w:val="004E22C0"/>
     <w:rsid w:val="004E70DB"/>
     <w:rsid w:val="005040C7"/>
     <w:rsid w:val="00505539"/>
     <w:rsid w:val="00506189"/>
     <w:rsid w:val="005147C8"/>
     <w:rsid w:val="00531C42"/>
     <w:rsid w:val="005425C6"/>
     <w:rsid w:val="0057562A"/>
+    <w:rsid w:val="005815DA"/>
     <w:rsid w:val="0059782A"/>
     <w:rsid w:val="005B2AF3"/>
     <w:rsid w:val="005E1173"/>
     <w:rsid w:val="005E41BD"/>
     <w:rsid w:val="005E4B36"/>
     <w:rsid w:val="005F6DAB"/>
+    <w:rsid w:val="00614374"/>
     <w:rsid w:val="0064094E"/>
     <w:rsid w:val="00652714"/>
     <w:rsid w:val="00656F45"/>
     <w:rsid w:val="00660C92"/>
     <w:rsid w:val="00665069"/>
     <w:rsid w:val="00667C44"/>
     <w:rsid w:val="0067471D"/>
     <w:rsid w:val="006A448F"/>
     <w:rsid w:val="006B1B5F"/>
     <w:rsid w:val="006B5846"/>
     <w:rsid w:val="006E1286"/>
     <w:rsid w:val="006F3D54"/>
+    <w:rsid w:val="00720DEA"/>
     <w:rsid w:val="00724E27"/>
     <w:rsid w:val="0073508F"/>
     <w:rsid w:val="007472E1"/>
     <w:rsid w:val="007618AD"/>
+    <w:rsid w:val="00771FF2"/>
     <w:rsid w:val="00781056"/>
     <w:rsid w:val="00793F9F"/>
     <w:rsid w:val="00795DD1"/>
     <w:rsid w:val="007C4F31"/>
     <w:rsid w:val="007D0955"/>
     <w:rsid w:val="007D472F"/>
     <w:rsid w:val="008105FA"/>
     <w:rsid w:val="008163B6"/>
     <w:rsid w:val="00821D64"/>
     <w:rsid w:val="00831785"/>
     <w:rsid w:val="00834D48"/>
     <w:rsid w:val="00840A00"/>
     <w:rsid w:val="008636B7"/>
     <w:rsid w:val="00865B72"/>
     <w:rsid w:val="0087199B"/>
     <w:rsid w:val="008725B1"/>
+    <w:rsid w:val="00882FA4"/>
     <w:rsid w:val="0089785C"/>
     <w:rsid w:val="008C2D9B"/>
     <w:rsid w:val="008D0539"/>
     <w:rsid w:val="00915C38"/>
     <w:rsid w:val="00944185"/>
     <w:rsid w:val="009478CB"/>
     <w:rsid w:val="00960267"/>
     <w:rsid w:val="00960AF9"/>
     <w:rsid w:val="009707BE"/>
     <w:rsid w:val="00984705"/>
     <w:rsid w:val="009B60D0"/>
     <w:rsid w:val="009D51AE"/>
     <w:rsid w:val="009E4301"/>
     <w:rsid w:val="00A055B1"/>
+    <w:rsid w:val="00A16703"/>
     <w:rsid w:val="00A278EC"/>
     <w:rsid w:val="00A43F15"/>
     <w:rsid w:val="00A552CF"/>
     <w:rsid w:val="00A81B96"/>
     <w:rsid w:val="00A84B3B"/>
     <w:rsid w:val="00AC1688"/>
     <w:rsid w:val="00AC28E8"/>
     <w:rsid w:val="00AD3036"/>
     <w:rsid w:val="00AD4057"/>
     <w:rsid w:val="00AE4C40"/>
     <w:rsid w:val="00B137D6"/>
     <w:rsid w:val="00B15AD8"/>
     <w:rsid w:val="00B42813"/>
     <w:rsid w:val="00B66428"/>
     <w:rsid w:val="00B8166D"/>
+    <w:rsid w:val="00B97FDE"/>
     <w:rsid w:val="00BB0BD6"/>
     <w:rsid w:val="00BC0D28"/>
     <w:rsid w:val="00C01F07"/>
     <w:rsid w:val="00C02A21"/>
     <w:rsid w:val="00C03C85"/>
     <w:rsid w:val="00C1072E"/>
     <w:rsid w:val="00C3383A"/>
     <w:rsid w:val="00C76B02"/>
     <w:rsid w:val="00C80EF8"/>
     <w:rsid w:val="00C9382C"/>
     <w:rsid w:val="00CA4491"/>
+    <w:rsid w:val="00CA491B"/>
     <w:rsid w:val="00CA636E"/>
     <w:rsid w:val="00CD5715"/>
     <w:rsid w:val="00CD7242"/>
     <w:rsid w:val="00CF0BFA"/>
     <w:rsid w:val="00D37BA0"/>
     <w:rsid w:val="00D46078"/>
     <w:rsid w:val="00D46308"/>
     <w:rsid w:val="00D521C2"/>
     <w:rsid w:val="00D57D94"/>
     <w:rsid w:val="00D6511C"/>
     <w:rsid w:val="00D66FC4"/>
     <w:rsid w:val="00D67ED7"/>
     <w:rsid w:val="00D70ED5"/>
     <w:rsid w:val="00D72468"/>
     <w:rsid w:val="00D74BDF"/>
     <w:rsid w:val="00D80831"/>
     <w:rsid w:val="00DA0D9C"/>
     <w:rsid w:val="00DC7B85"/>
     <w:rsid w:val="00DF6498"/>
     <w:rsid w:val="00E04954"/>
     <w:rsid w:val="00E1684F"/>
     <w:rsid w:val="00E329B4"/>
     <w:rsid w:val="00E366D2"/>
     <w:rsid w:val="00E40C7A"/>
     <w:rsid w:val="00E55BEF"/>
     <w:rsid w:val="00E635E8"/>
     <w:rsid w:val="00E64949"/>
     <w:rsid w:val="00E743CC"/>
     <w:rsid w:val="00F047A2"/>
     <w:rsid w:val="00F37A75"/>
     <w:rsid w:val="00F37F32"/>
     <w:rsid w:val="00F67149"/>
     <w:rsid w:val="00FB7676"/>
     <w:rsid w:val="00FC428B"/>
+    <w:rsid w:val="00FC7F13"/>
     <w:rsid w:val="00FF732F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6974,50 +6609,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005B2AF3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
     <w:name w:val="Kop 2 Char"/>
@@ -7590,51 +7226,55 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1593582165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfu.nl/en/umc-employees/cao-university-medical-centers" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/terms-of-employment/terms-of-employment-amsterdam-umc-research-bv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/download/guideline-phd-contract-1.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/download/guideline-phd-contract-1.htm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/download/guideline-phd-contract-1.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:researchbv-hr@amsterdamumc.nl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8192,75 +7832,75 @@
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFB377FD-6CBF-4A4C-AC2C-8A49ABEF7D9C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{581EA6E3-639A-4968-B0FF-9D4D41939492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="51242052-dc8b-4443-a4a5-ac97a7e06508"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>779</Words>
-  <Characters>4287</Characters>
+  <Words>821</Words>
+  <Characters>4517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5056</CharactersWithSpaces>
+  <CharactersWithSpaces>5328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hu, X. (Mandy)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008C35431F14DF9F42B6386857EF3D9469</vt:lpwstr>
   </property>