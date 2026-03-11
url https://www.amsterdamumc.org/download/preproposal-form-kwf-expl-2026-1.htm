--- v0 (2025-11-01)
+++ v1 (2026-03-11)
@@ -13,67 +13,67 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9502" w:type="dxa"/>
         <w:tblInd w:w="-293" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="120" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="9019"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B06B39" w:rsidRPr="00A327A2" w14:paraId="5B26910F" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00B06B39" w:rsidRPr="00282E59" w14:paraId="5B26910F" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9502" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F15D7C4" w14:textId="14C024F1" w:rsidR="00B06B39" w:rsidRPr="00853D06" w:rsidRDefault="00CA3AF9" w:rsidP="00450DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
@@ -92,51 +92,51 @@
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="003741"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="003741"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="248D265F" wp14:editId="40D8AD2B">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="248D265F" wp14:editId="65C7DD0A">
                   <wp:extent cx="2980690" cy="496570"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="20" name="Afbeelding 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 20"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -180,51 +180,51 @@
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FD7AC49" w14:textId="1B0C26EB" w:rsidR="00B06B39" w:rsidRPr="00CA3AF9" w:rsidRDefault="00B06B39" w:rsidP="00450DE9">
+          <w:p w14:paraId="6FD7AC49" w14:textId="19BAA279" w:rsidR="00B06B39" w:rsidRPr="00CA3AF9" w:rsidRDefault="00B06B39" w:rsidP="00450DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
@@ -247,131 +247,131 @@
             </w:r>
             <w:r w:rsidR="00754D8D" w:rsidRPr="005B6FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00450DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00813A55" w:rsidRPr="005B6FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00450DE9">
+            <w:r w:rsidR="00051086">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C13D01" w:rsidRPr="005B6FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Exploration track</w:t>
             </w:r>
             <w:r w:rsidR="00CA3AF9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00CA3AF9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Submission deadline</w:t>
             </w:r>
             <w:r w:rsidR="00813A55" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
+            <w:r w:rsidR="00282E59" w:rsidRPr="00282E59">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>September 21st</w:t>
+              <w:t xml:space="preserve">1 March </w:t>
             </w:r>
-            <w:r w:rsidR="00386244" w:rsidRPr="00ED086F">
+            <w:r w:rsidR="00386244" w:rsidRPr="00282E59">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 23:59</w:t>
+              <w:t>23:59</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED086F">
+            <w:r w:rsidRPr="00282E59">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="003E3986" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="003E3986" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
@@ -491,51 +491,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title of the project:</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06B39" w:rsidRPr="00A327A2" w14:paraId="277A4D68" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00B06B39" w:rsidRPr="00282E59" w14:paraId="277A4D68" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:trPr>
           <w:trHeight w:val="1261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27AD8834" w14:textId="3E0C2DFD" w:rsidR="00B06B39" w:rsidRPr="00ED086F" w:rsidRDefault="005B6FDB" w:rsidP="00450DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
@@ -986,51 +986,51 @@
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4221CEEA" w14:textId="492E177B" w:rsidR="005B1004" w:rsidRPr="00ED086F" w:rsidRDefault="00B06B39" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06B39" w:rsidRPr="00A327A2" w14:paraId="481243AE" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00B06B39" w:rsidRPr="00282E59" w14:paraId="481243AE" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:trPr>
           <w:trHeight w:val="982"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08F1BC83" w14:textId="68E3EC63" w:rsidR="00B06B39" w:rsidRPr="00ED086F" w:rsidRDefault="005B6FDB" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
@@ -1087,51 +1087,51 @@
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DE07C6E" w14:textId="0847954A" w:rsidR="005B6FDB" w:rsidRPr="00ED086F" w:rsidRDefault="00B06B39" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>In case of a re-submission, please explain why your project was rejected and provide the reviewer comments if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0AF9" w:rsidRPr="00A327A2" w14:paraId="10C7C933" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00AA0AF9" w:rsidRPr="00282E59" w14:paraId="10C7C933" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F46AB1" w14:textId="0175A6EB" w:rsidR="00AA0AF9" w:rsidRPr="00ED086F" w:rsidRDefault="005B6FDB" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
@@ -1224,51 +1224,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00AA0AF9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ist your own published work that is relevant for the proposed research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0AF9" w:rsidRPr="00A327A2" w14:paraId="047542E1" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00AA0AF9" w:rsidRPr="00282E59" w14:paraId="047542E1" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:trPr>
           <w:trHeight w:val="1389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D724475" w14:textId="7591B3BB" w:rsidR="00AA0AF9" w:rsidRPr="00ED086F" w:rsidRDefault="005B6FDB" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
@@ -1289,266 +1289,198 @@
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61AE9C34" w14:textId="77777777" w:rsidR="002B6C9F" w:rsidRPr="00ED086F" w:rsidRDefault="002B6C9F" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Suggest at least 5 reviewers (from Amsterdam UMC, do not suggest </w:t>
+              <w:t xml:space="preserve">Suggest at least 5 reviewers (from Amsterdam UMC, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00282E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>do not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> suggest </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>members</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the internal  KWF committee):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02AB6603" w14:textId="12F32357" w:rsidR="005B6FDB" w:rsidRPr="00ED086F" w:rsidRDefault="002B6C9F" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The comments of reviewers will contribute to the quality of your proposal. Therefore, suggest reviewers who can evaluate your proposal objectively and are not directly involved in your research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0AF9" w:rsidRPr="00A327A2" w14:paraId="68430D4B" w14:textId="77777777" w:rsidTr="00FD12DA">
-[...88 lines deleted...]
-      <w:tr w:rsidR="00A701B3" w:rsidRPr="00A327A2" w14:paraId="61C94756" w14:textId="77777777" w:rsidTr="00FD12DA">
+      <w:tr w:rsidR="00A701B3" w:rsidRPr="00282E59" w14:paraId="61C94756" w14:textId="77777777" w:rsidTr="00FD12DA">
         <w:trPr>
           <w:trHeight w:val="3088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E2C0C6" w14:textId="517CC072" w:rsidR="00A701B3" w:rsidRPr="00ED086F" w:rsidRDefault="00A701B3" w:rsidP="00C87645">
+          <w:p w14:paraId="71E2C0C6" w14:textId="593BCA2C" w:rsidR="00A701B3" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="00C87645">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED086F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9019" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BAE5EE" w14:textId="3B85EFCF" w:rsidR="0083738C" w:rsidRPr="00ED086F" w:rsidRDefault="0083738C" w:rsidP="00853D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Select the core facilities you will use from the list below</w:t>
             </w:r>
             <w:r w:rsidR="00FB52A1" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="258E9BAA" w14:textId="0C208105" w:rsidR="00A701B3" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="258E9BAA" w14:textId="0C208105" w:rsidR="00A701B3" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1412995421"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -1562,51 +1494,73 @@
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00541EB0" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A701B3" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunotherapy Center </w:t>
+              <w:t xml:space="preserve">Immunotherapy </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A701B3" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Center</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A701B3" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00A701B3" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1630,51 +1584,51 @@
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Immunotherapy Center</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D4577CA" w14:textId="4353477B" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="2D4577CA" w14:textId="4353477B" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="191655222"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -1683,210 +1637,161 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0085295A" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liquid </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Center</w:t>
+              <w:t>Liquid Biopsy Center</w:t>
             </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid </w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve"> Center | Amsterdam UMC</w:t>
+                <w:t>Liquid Biopsy Center | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CEAA359" w14:textId="4BC06ECD" w:rsidR="00070D3C" w:rsidRPr="00591290" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="5CEAA359" w14:textId="4BC06ECD" w:rsidR="00070D3C" w:rsidRPr="00051086" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1479139335"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0085295A" w:rsidRPr="00591290">
+                <w:r w:rsidR="0085295A" w:rsidRPr="00051086">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
-                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0085295A" w:rsidRPr="00591290">
+            <w:r w:rsidR="0085295A" w:rsidRPr="00051086">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00070D3C" w:rsidRPr="00591290">
+            <w:r w:rsidR="00070D3C" w:rsidRPr="00051086">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Genomics (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00070D3C" w:rsidRPr="00591290">
+              <w:r w:rsidR="00070D3C" w:rsidRPr="00051086">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Genomics | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00070D3C" w:rsidRPr="00591290">
+            <w:r w:rsidR="00070D3C" w:rsidRPr="00051086">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="223666C4" w14:textId="5CFA91EB" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="223666C4" w14:textId="5CFA91EB" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1777244603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -1912,75 +1817,125 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Proteomics</w:t>
             </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:hyperlink>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00450DE9">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00450DE9" w:rsidRPr="00282E59">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://oncoproteomics.nl/"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00450DE9">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:t>OncoProteomics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Laboratory, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>VUm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00450DE9">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29AE6291" w14:textId="271846DE" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="29AE6291" w14:textId="271846DE" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1495297871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2006,75 +1961,75 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Microscopy and Cytometry</w:t>
             </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Microscopy and cytometry | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6987D38E" w14:textId="05EDF32C" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="6987D38E" w14:textId="05EDF32C" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1861506322"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2085,73 +2040,73 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0085295A" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CRISPR Center (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CRISPR Center | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D3AD9F2" w14:textId="41C09C6A" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="7D3AD9F2" w14:textId="41C09C6A" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1882506307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2167,75 +2122,75 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0085295A" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Functional Genomic Screening (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Functional Genomic Screening | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32AB6C2A" w14:textId="6F534B89" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="32AB6C2A" w14:textId="6F534B89" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="747931148"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2251,75 +2206,99 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0085295A" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Metabolomics (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>Amsterdam UMC Locatie AMC - Core-Facility-Metabolomics</w:t>
+                <w:t xml:space="preserve">Amsterdam UMC </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>Locatie</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> AMC - Core-Facility-Metabolomics</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00070D3C" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="414F44E2" w14:textId="3508F933" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="414F44E2" w14:textId="3508F933" w:rsidR="00070D3C" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1678313500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2377,75 +2356,75 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>in vivo</w:t>
             </w:r>
             <w:r w:rsidR="00853D06" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Research Imaging Core Center | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="230A6B76" w14:textId="34F54E87" w:rsidR="00450DE9" w:rsidRPr="00ED086F" w:rsidRDefault="003262AE" w:rsidP="0085295A">
+          <w:p w14:paraId="230A6B76" w14:textId="34F54E87" w:rsidR="00450DE9" w:rsidRPr="00ED086F" w:rsidRDefault="00282E59" w:rsidP="0085295A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-28496277"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2461,51 +2440,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0085295A" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Induced Pluripotent Stem Cells (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Induced Pluripotent Stem Cells | Amsterdam UMC</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00450DE9" w:rsidRPr="00ED086F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2564,50 +2543,51 @@
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="117"/>
         <w:ind w:right="491"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783B9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Call</w:t>
       </w:r>
       <w:r w:rsidRPr="00783B9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00783B9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
@@ -2875,51 +2855,51 @@
                                   <a:pt x="44196" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="D2D2D2"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="72B3F341" id="Group 4" o:spid="_x0000_s1026" style="width:3.5pt;height:12.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="44450,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVn9r2cgIAAO0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVG1r2zAQ/j7YfxD6vjopTreZOmW0axiU&#10;rtCOfVZk+YXJOu2kxOm/30mOHNPCYB0G+2Q9upfnHt3l1aHXbK/QdWBKvjxbcKaMhKozTcl/PN1+&#10;+MSZ88JUQoNRJX9Wjl+t37+7HGyhzqEFXSlk5MS4YrAlb723RZY52apeuDOwytBmDdgLT0tssgrF&#10;QN57nZ0vFhfZAFhZBKmco7834yZfR/91raT/XtdOeaZLTrn5+Mb43oZ3tr4URYPCtp08piHekEUv&#10;OkNBJ1c3wgu2w+6Vq76TCA5qfyahz6CuO6liDVTNcvGimg3CzsZammJo7EQTUfuCpze7lff7DdpH&#10;+4Bj9mTegfzliJdssE0x3w/r5gQ+1NiHQ1QEO0RGnydG1cEzST/zPF8R7ZJ2lqvV6uNqJFy21JVX&#10;h2T79W/HMlGMIWNiUyKDJeW4Eznu/8h5bIVVkXMXin9A1lUlX3FmRE/63RylEgsJoQkT2CO+wsod&#10;iXwzN1ORopA75zcKIsdif+f8qNUqWaJNljyYZCIpPmhdR617zkjryBlpfTtSb4UP50LjgsmGqUnt&#10;1KOw2cNePUGE+dCpPF9+vuAstZjyPCG0mSOp3zNU2ktfG72NGJJEnn8KeZG7BEjfEXgK+0/geLFn&#10;TqUGp8Y4oeoYcGKCcHOuHeiuuu20DsU7bLbXGtleEKk35+E55juDkSBT64O1heqZdDOQVErufu8E&#10;Ks70N0PKDCMoGZiMbTLQ62uIgyryjs4/HX4KtMySWXJPt+oekkBFkURB+QfAiA0nDXzZeai7oJiY&#10;25jRcUGXJVpxpkQmjvMvDK35OqJOU3r9BwAA//8DAFBLAwQUAAYACAAAACEAtDrcrNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kWpWYTSlFPRXBVhBv0+w0Cc3Ohuw2&#10;Sf+9oxe9PHi84b1v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmEVSIyBZbz2TgTAGWxeVFjpn1I7/T&#10;sI2VkhIOGRqoY+wyrUNZk8Mw8x2xZAffO4xi+0rbHkcpd62eJ8m9dtiwLNTY0bqm8rg9OQOvI46r&#10;2/R52BwP6/PXbvH2uUnJmOurafUEKtIU/47hB1/QoRCmvT+xDao1II/EX5XsQczewPxuAbrI9X/0&#10;4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVn9r2cgIAAO0FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC0Otys2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
+              <v:group w14:anchorId="6B975FC9" id="Group 4" o:spid="_x0000_s1026" style="width:3.5pt;height:12.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="44450,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVn9r2cgIAAO0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVG1r2zAQ/j7YfxD6vjopTreZOmW0axiU&#10;rtCOfVZk+YXJOu2kxOm/30mOHNPCYB0G+2Q9upfnHt3l1aHXbK/QdWBKvjxbcKaMhKozTcl/PN1+&#10;+MSZ88JUQoNRJX9Wjl+t37+7HGyhzqEFXSlk5MS4YrAlb723RZY52apeuDOwytBmDdgLT0tssgrF&#10;QN57nZ0vFhfZAFhZBKmco7834yZfR/91raT/XtdOeaZLTrn5+Mb43oZ3tr4URYPCtp08piHekEUv&#10;OkNBJ1c3wgu2w+6Vq76TCA5qfyahz6CuO6liDVTNcvGimg3CzsZammJo7EQTUfuCpze7lff7DdpH&#10;+4Bj9mTegfzliJdssE0x3w/r5gQ+1NiHQ1QEO0RGnydG1cEzST/zPF8R7ZJ2lqvV6uNqJFy21JVX&#10;h2T79W/HMlGMIWNiUyKDJeW4Eznu/8h5bIVVkXMXin9A1lUlX3FmRE/63RylEgsJoQkT2CO+wsod&#10;iXwzN1ORopA75zcKIsdif+f8qNUqWaJNljyYZCIpPmhdR617zkjryBlpfTtSb4UP50LjgsmGqUnt&#10;1KOw2cNePUGE+dCpPF9+vuAstZjyPCG0mSOp3zNU2ktfG72NGJJEnn8KeZG7BEjfEXgK+0/geLFn&#10;TqUGp8Y4oeoYcGKCcHOuHeiuuu20DsU7bLbXGtleEKk35+E55juDkSBT64O1heqZdDOQVErufu8E&#10;Ks70N0PKDCMoGZiMbTLQ62uIgyryjs4/HX4KtMySWXJPt+oekkBFkURB+QfAiA0nDXzZeai7oJiY&#10;25jRcUGXJVpxpkQmjvMvDK35OqJOU3r9BwAA//8DAFBLAwQUAAYACAAAACEAtDrcrNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kWpWYTSlFPRXBVhBv0+w0Cc3Ohuw2&#10;Sf+9oxe9PHi84b1v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmEVSIyBZbz2TgTAGWxeVFjpn1I7/T&#10;sI2VkhIOGRqoY+wyrUNZk8Mw8x2xZAffO4xi+0rbHkcpd62eJ8m9dtiwLNTY0bqm8rg9OQOvI46r&#10;2/R52BwP6/PXbvH2uUnJmOurafUEKtIU/47hB1/QoRCmvT+xDao1II/EX5XsQczewPxuAbrI9X/0&#10;4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVn9r2cgIAAO0FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC0Otys2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                 <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;width:44450;height:155575;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="44450,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkE2SavgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqYIi1SgiCHry/9Db0qxtsdmUJtr69kYQPA4z8w2zWLWmFC+qXWFZwWgYgSBOrS44&#10;U3C9bAczEM4jaywtk4I3OVgtu50Fxto2fKLX2WciQNjFqCD3voqldGlOBt3QVsTBu9vaoA+yzqSu&#10;sQlwU8pxFE2lwYLDQo4VbXJKH+enUZCtT8n01myOj+J2QJ20271NRkr1e+16DsJT6//hX3unFUzg&#10;eyXcALn8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQTZJq+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m44196,l,,,155448r44196,l44196,xe" fillcolor="#d2d2d2" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD33FD1" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1166"/>
           <w:tab w:val="left" w:pos="1168"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="730"/>
@@ -7002,52 +6982,52 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>managed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643CDDFC" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="243" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidSect="00FD12DA">
-          <w:headerReference w:type="default" r:id="rId21"/>
-          <w:footerReference w:type="default" r:id="rId22"/>
+          <w:headerReference w:type="default" r:id="rId20"/>
+          <w:footerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="170" w:footer="747" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E1CED82" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="116" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="1353"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -9469,51 +9449,51 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="8909" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="583"/>
         <w:gridCol w:w="1906"/>
         <w:gridCol w:w="1539"/>
         <w:gridCol w:w="1539"/>
         <w:gridCol w:w="1020"/>
         <w:gridCol w:w="973"/>
         <w:gridCol w:w="1349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1B81081B" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1B81081B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="528F92E3" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9692,51 +9672,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>entity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="7EB65E36" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="7EB65E36" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="4020AF74" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:line="181" w:lineRule="exact"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9974,51 +9954,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>industry</w:t>
             </w:r>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/ For profit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="7D7158BB" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="7D7158BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="354940AB" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
@@ -10113,51 +10093,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="65C97A9A" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="3E57A718" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="3E57A718" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="006608A1" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="116"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6565C45B" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -10244,51 +10224,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="0883AB84" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1347D155" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1347D155" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="43B209C7" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
@@ -10365,51 +10345,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="6223D24D" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="42181068" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="42181068" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="453658EF" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
@@ -10486,51 +10466,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="407ACD05" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="48715225" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="48715225" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="583" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1"/>
           </w:tcPr>
           <w:p w14:paraId="303A4C96" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
@@ -11084,51 +11064,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2566"/>
         <w:gridCol w:w="4169"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="4A47EC01" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="4A47EC01" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="71EA8BB8" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Requested</w:t>
@@ -11146,51 +11126,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Budget</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DFEFD4A" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="2FE475B1" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="2FE475B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="4435C053" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Own</w:t>
             </w:r>
@@ -11207,95 +11187,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D200173" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="26A1C100" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="26A1C100" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="6A83C3C4" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Co-funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BFA2672" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="20AB6003" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="20AB6003" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="2675F1D2" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -11436,51 +11416,51 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2511"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="1169"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="570A4571" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="570A4571" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="0435DB52" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:ind w:left="107" w:right="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
@@ -11739,51 +11719,51 @@
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="37B933F0" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="3F4281F8" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="3F4281F8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="4016F64A" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personnel</w:t>
@@ -11908,51 +11888,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A440A0E" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00A327A2" w14:paraId="4F29F307" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00282E59" w14:paraId="4F29F307" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="7580DA7C" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:line="242" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personnel</w:t>
@@ -12094,51 +12074,51 @@
           <w:p w14:paraId="56A9F281" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C921FE" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="102D4F85" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="102D4F85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="175D20A6" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="107" w:right="662"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -12235,51 +12215,51 @@
           <w:p w14:paraId="12A682A4" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18EE7C90" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="03C9BBFE" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="03C9BBFE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="3550656D" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2" w:line="221" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patient</w:t>
@@ -12367,51 +12347,51 @@
           <w:p w14:paraId="2CA78E2B" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3305E25C" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="5CA838A5" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="5CA838A5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="6D3DA735" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:line="224" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>On</w:t>
@@ -12516,51 +12496,51 @@
           <w:p w14:paraId="6E047AEC" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CEC9F4E" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="6938511E" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="6938511E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="3C91EC75" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:line="221" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Open</w:t>
@@ -12648,51 +12628,51 @@
           <w:p w14:paraId="2F227752" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5848502A" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1B99F9B0" w14:textId="77777777" w:rsidTr="00433C38">
+      <w:tr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w14:paraId="1B99F9B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
           </w:tcPr>
           <w:p w14:paraId="308CE163" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00783B9B">
             <w:pPr>
               <w:spacing w:before="2" w:line="221" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783B9B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -13935,83 +13915,83 @@
       </w:r>
       <w:r w:rsidRPr="00783B9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02ED0AAC" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidRDefault="00783B9B" w:rsidP="00C87645">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00783B9B" w:rsidRPr="00783B9B" w:rsidSect="008B5F9B">
-      <w:headerReference w:type="default" r:id="rId23"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="488" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09743DF8" w14:textId="77777777" w:rsidR="00E2406A" w:rsidRDefault="00E2406A">
+    <w:p w14:paraId="38F00A5C" w14:textId="77777777" w:rsidR="00A40AAD" w:rsidRDefault="00A40AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="266E7D47" w14:textId="77777777" w:rsidR="00E2406A" w:rsidRDefault="00E2406A">
+    <w:p w14:paraId="4973F126" w14:textId="77777777" w:rsidR="00A40AAD" w:rsidRDefault="00A40AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -14050,51 +14030,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C0CDE03" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRDefault="00783B9B">
     <w:pPr>
       <w:pStyle w:val="Plattetekst"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E6BE58C" wp14:editId="7C520A6A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>902004</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10078548</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2216150" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -14275,90 +14255,90 @@
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>number</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EB54402" w14:textId="53C5EB72" w:rsidR="00C70E25" w:rsidRDefault="00C70E25" w:rsidP="00B70C34">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3AFEED26" w14:textId="77777777" w:rsidR="00C70E25" w:rsidRDefault="00C70E25" w:rsidP="00B70C34">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="28312A50" w14:textId="77777777" w:rsidR="00ED086F" w:rsidRDefault="00ED086F"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AB3AA7B" w14:textId="105F152D" w:rsidR="00C70E25" w:rsidRPr="00F31501" w:rsidRDefault="00C70E25" w:rsidP="00B70C34">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="LucidaSansEF" w:hAnsi="LucidaSansEF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0006633D">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="LucidaSansEF" w:hAnsi="LucidaSansEF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F31501">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="LucidaSansEF" w:hAnsi="LucidaSansEF"/>
@@ -14396,107 +14376,85 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="299FE49C" w14:textId="50190A85" w:rsidR="00754D8D" w:rsidRPr="00BA3381" w:rsidRDefault="00BA3381" w:rsidP="00BA3381">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA3381">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Project leader </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00BA3381">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>and</w:t>
+      <w:t>and project number</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="382BA816" w14:textId="77777777" w:rsidR="00ED086F" w:rsidRDefault="00ED086F"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5605C94D" w14:textId="77777777" w:rsidR="00E2406A" w:rsidRDefault="00E2406A">
+    <w:p w14:paraId="30F7E21C" w14:textId="77777777" w:rsidR="00A40AAD" w:rsidRDefault="00A40AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59E5F702" w14:textId="77777777" w:rsidR="00E2406A" w:rsidRDefault="00E2406A">
+    <w:p w14:paraId="0A19976C" w14:textId="77777777" w:rsidR="00A40AAD" w:rsidRDefault="00A40AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="614CB386" w14:textId="77777777" w:rsidR="00783B9B" w:rsidRDefault="00783B9B">
     <w:pPr>
       <w:pStyle w:val="Plattetekst"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="634723DC" wp14:editId="3B379CC4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>277494</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1457833" cy="619125"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="283978414" name="Image 1"/>
@@ -14562,51 +14520,51 @@
                   <a:blip r:embed="rId2" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1907539" cy="228600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7141ACFB" w14:textId="58312CA3" w:rsidR="00223939" w:rsidRDefault="00BA3381">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7353A376" wp14:editId="0F56437A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>78350</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1900555" cy="230505"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapNone/>
@@ -14716,51 +14674,51 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C1F9F29" w14:textId="77777777" w:rsidR="00223939" w:rsidRDefault="00223939">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="22D28768" w14:textId="77777777" w:rsidR="00ED086F" w:rsidRDefault="00ED086F"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058C774D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B8CCAC8"/>
     <w:lvl w:ilvl="0" w:tplc="71AAFB94">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17826,51 +17784,50 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7185"/>
         </w:tabs>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DB524E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADE4B29E"/>
     <w:lvl w:ilvl="0" w:tplc="F9A8252A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1168" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="31B6791A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2046" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4574DCD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19179,242 +19136,251 @@
   <w:num w:numId="33" w16cid:durableId="882407978">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="850996858">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="874149678">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1671063122">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="974136816">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="319385683">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1986818004">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F62F0"/>
     <w:rsid w:val="00001352"/>
     <w:rsid w:val="00005908"/>
     <w:rsid w:val="00012A35"/>
     <w:rsid w:val="00015B26"/>
     <w:rsid w:val="00016730"/>
     <w:rsid w:val="00027F48"/>
     <w:rsid w:val="00050A4F"/>
+    <w:rsid w:val="00051086"/>
     <w:rsid w:val="00055E8C"/>
     <w:rsid w:val="0006633D"/>
     <w:rsid w:val="00066981"/>
     <w:rsid w:val="00070D3C"/>
     <w:rsid w:val="000923C1"/>
     <w:rsid w:val="000979AE"/>
     <w:rsid w:val="000B57C6"/>
     <w:rsid w:val="000C3A5C"/>
     <w:rsid w:val="000C4314"/>
     <w:rsid w:val="000D4D05"/>
     <w:rsid w:val="000E17F6"/>
     <w:rsid w:val="000E21F2"/>
     <w:rsid w:val="000E22B2"/>
     <w:rsid w:val="001228BF"/>
     <w:rsid w:val="001420E3"/>
     <w:rsid w:val="00164226"/>
     <w:rsid w:val="00181576"/>
     <w:rsid w:val="00187AEB"/>
     <w:rsid w:val="00197AD2"/>
     <w:rsid w:val="00197FE0"/>
     <w:rsid w:val="001A1F5E"/>
     <w:rsid w:val="001C775C"/>
     <w:rsid w:val="001E3FDF"/>
     <w:rsid w:val="00204FBA"/>
     <w:rsid w:val="0021041F"/>
     <w:rsid w:val="00223939"/>
     <w:rsid w:val="00224C28"/>
     <w:rsid w:val="002325B9"/>
     <w:rsid w:val="002368ED"/>
     <w:rsid w:val="0026058C"/>
     <w:rsid w:val="002748CE"/>
     <w:rsid w:val="0027650B"/>
     <w:rsid w:val="0028282C"/>
+    <w:rsid w:val="00282E59"/>
     <w:rsid w:val="002B1D67"/>
     <w:rsid w:val="002B26DB"/>
     <w:rsid w:val="002B6C9F"/>
     <w:rsid w:val="002C59BC"/>
     <w:rsid w:val="002D2A10"/>
     <w:rsid w:val="002F1EA4"/>
     <w:rsid w:val="00306C1B"/>
     <w:rsid w:val="0031151D"/>
     <w:rsid w:val="003229AF"/>
     <w:rsid w:val="003262AE"/>
     <w:rsid w:val="00343F01"/>
     <w:rsid w:val="003539EC"/>
     <w:rsid w:val="00354604"/>
     <w:rsid w:val="003571A7"/>
     <w:rsid w:val="00386244"/>
     <w:rsid w:val="003913F7"/>
     <w:rsid w:val="00392464"/>
     <w:rsid w:val="003A2B75"/>
     <w:rsid w:val="003B0EE7"/>
     <w:rsid w:val="003B2159"/>
     <w:rsid w:val="003B5405"/>
     <w:rsid w:val="003C3F54"/>
+    <w:rsid w:val="003D7F1C"/>
     <w:rsid w:val="003E25BC"/>
     <w:rsid w:val="003E2B18"/>
     <w:rsid w:val="003E3986"/>
     <w:rsid w:val="00416264"/>
     <w:rsid w:val="00450DE9"/>
     <w:rsid w:val="0046520D"/>
     <w:rsid w:val="00465464"/>
     <w:rsid w:val="004664C5"/>
     <w:rsid w:val="00497AF4"/>
     <w:rsid w:val="004A2B3F"/>
     <w:rsid w:val="004A509F"/>
     <w:rsid w:val="004B5552"/>
     <w:rsid w:val="004C2D42"/>
     <w:rsid w:val="004C2E3F"/>
     <w:rsid w:val="004C63EB"/>
     <w:rsid w:val="004D3936"/>
     <w:rsid w:val="004E25DC"/>
     <w:rsid w:val="004E307C"/>
     <w:rsid w:val="004E4D97"/>
     <w:rsid w:val="004F62F0"/>
     <w:rsid w:val="005048BA"/>
     <w:rsid w:val="00506216"/>
     <w:rsid w:val="005117D1"/>
     <w:rsid w:val="005144CD"/>
     <w:rsid w:val="00523D49"/>
     <w:rsid w:val="005271AA"/>
     <w:rsid w:val="00541EB0"/>
     <w:rsid w:val="00545EAE"/>
     <w:rsid w:val="00563814"/>
     <w:rsid w:val="00565551"/>
     <w:rsid w:val="00582A07"/>
     <w:rsid w:val="00591290"/>
     <w:rsid w:val="005A18BB"/>
     <w:rsid w:val="005B1004"/>
     <w:rsid w:val="005B1068"/>
     <w:rsid w:val="005B370B"/>
     <w:rsid w:val="005B41D5"/>
     <w:rsid w:val="005B6FDB"/>
     <w:rsid w:val="005C4236"/>
     <w:rsid w:val="005E3FA1"/>
     <w:rsid w:val="00621D54"/>
     <w:rsid w:val="006247F6"/>
     <w:rsid w:val="006335EC"/>
     <w:rsid w:val="00645EBC"/>
+    <w:rsid w:val="00663499"/>
     <w:rsid w:val="00683DB0"/>
     <w:rsid w:val="006A4AD5"/>
     <w:rsid w:val="006B7499"/>
     <w:rsid w:val="006C23B0"/>
     <w:rsid w:val="006D3BB4"/>
     <w:rsid w:val="006E13D5"/>
     <w:rsid w:val="006E2AB2"/>
     <w:rsid w:val="00730AC3"/>
     <w:rsid w:val="00731C71"/>
     <w:rsid w:val="007477EC"/>
     <w:rsid w:val="00754D5B"/>
     <w:rsid w:val="00754D8D"/>
     <w:rsid w:val="00757727"/>
     <w:rsid w:val="00783B9B"/>
     <w:rsid w:val="0078439B"/>
     <w:rsid w:val="00795C63"/>
     <w:rsid w:val="007A5A3D"/>
     <w:rsid w:val="007B5CF5"/>
     <w:rsid w:val="007E125E"/>
     <w:rsid w:val="007E3418"/>
     <w:rsid w:val="00813A55"/>
     <w:rsid w:val="00822038"/>
     <w:rsid w:val="00831533"/>
     <w:rsid w:val="0083738C"/>
     <w:rsid w:val="00844A65"/>
+    <w:rsid w:val="008466B1"/>
     <w:rsid w:val="0085295A"/>
     <w:rsid w:val="00852ACC"/>
     <w:rsid w:val="00853D06"/>
     <w:rsid w:val="0085453A"/>
     <w:rsid w:val="00856328"/>
     <w:rsid w:val="008565B9"/>
     <w:rsid w:val="00892FDE"/>
     <w:rsid w:val="008A0D32"/>
     <w:rsid w:val="008B5709"/>
     <w:rsid w:val="008B5F9B"/>
     <w:rsid w:val="009233F5"/>
     <w:rsid w:val="00934E1C"/>
     <w:rsid w:val="0094615A"/>
     <w:rsid w:val="00955E47"/>
     <w:rsid w:val="00973AC1"/>
     <w:rsid w:val="009A1C5B"/>
     <w:rsid w:val="009B0105"/>
     <w:rsid w:val="009C493E"/>
     <w:rsid w:val="009D476A"/>
     <w:rsid w:val="009D7C6F"/>
     <w:rsid w:val="009E1470"/>
     <w:rsid w:val="009F2D29"/>
     <w:rsid w:val="009F3F37"/>
     <w:rsid w:val="00A002ED"/>
+    <w:rsid w:val="00A01CCB"/>
     <w:rsid w:val="00A136FA"/>
     <w:rsid w:val="00A322DF"/>
     <w:rsid w:val="00A327A2"/>
+    <w:rsid w:val="00A40AAD"/>
+    <w:rsid w:val="00A42224"/>
     <w:rsid w:val="00A55937"/>
     <w:rsid w:val="00A565C3"/>
     <w:rsid w:val="00A607AD"/>
     <w:rsid w:val="00A701B3"/>
     <w:rsid w:val="00A8083F"/>
     <w:rsid w:val="00A8766D"/>
     <w:rsid w:val="00A94303"/>
     <w:rsid w:val="00AA0AF9"/>
     <w:rsid w:val="00AB2597"/>
     <w:rsid w:val="00AB34F3"/>
     <w:rsid w:val="00AB375F"/>
     <w:rsid w:val="00AC2638"/>
     <w:rsid w:val="00AC7B5F"/>
     <w:rsid w:val="00AC7C6A"/>
     <w:rsid w:val="00AE1C7F"/>
     <w:rsid w:val="00AE7CC2"/>
     <w:rsid w:val="00B06B39"/>
     <w:rsid w:val="00B2595D"/>
     <w:rsid w:val="00B3470D"/>
     <w:rsid w:val="00B42AE0"/>
     <w:rsid w:val="00B46E91"/>
     <w:rsid w:val="00B50860"/>
     <w:rsid w:val="00B56A4E"/>
     <w:rsid w:val="00B6692D"/>
     <w:rsid w:val="00B70C34"/>
@@ -19496,56 +19462,56 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A11FF42"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1257ED16-E328-4F0D-BF2B-4483011242CC}"/>
+  <w15:docId w15:val="{3A6A29B5-AFC4-48CB-BBC5-C025AC197F8D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:uiPriority="99"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
@@ -20177,51 +20143,51 @@
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00783B9B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="181214956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="196285760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20315,100 +20281,100 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112701464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/genomics.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amc.nl/web/core-facility-metabolomics.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/information/liquid-biopsy-center.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/genomic-screening.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/crispr-center-1.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/induced-pluripotent-stem-cells.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immunotherapycenter.wordpress.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/microscopy-cytometry.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/research/core-facility/research-imaging.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CCA@Amsterdamumc.nl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oncoproteomics.nl/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/genomics.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/research/core-facility/research-imaging.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/information/liquid-biopsy-center.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amc.nl/web/core-facility-metabolomics.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/genomic-screening.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immunotherapycenter.wordpress.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/crispr-center-1.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/induced-pluripotent-stem-cells.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CCA@Amsterdamumc.nl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/core-facility/microscopy-cytometry.htm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45415869-0EB9-410E-8EB1-CC1988183DD0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005604B8" w:rsidRDefault="005604B8">
           <w:r w:rsidRPr="001E2CBA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -20459,94 +20425,97 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005604B8"/>
     <w:rsid w:val="004E307C"/>
     <w:rsid w:val="005604B8"/>
+    <w:rsid w:val="00663499"/>
+    <w:rsid w:val="00A01CCB"/>
+    <w:rsid w:val="00A642DA"/>
     <w:rsid w:val="00A94303"/>
     <w:rsid w:val="00DC199F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20943,51 +20912,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005604B8"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -21264,75 +21233,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3002D945-3262-47BB-9CC4-44CCE04743C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>975</Words>
-  <Characters>6632</Characters>
+  <Words>964</Words>
+  <Characters>6581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Dr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VUmc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7592</CharactersWithSpaces>
+  <CharactersWithSpaces>7530</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2818145</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3211291</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -21341,32 +21310,33 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:CCA@Amsterdamumc.nl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Dr</dc:title>
   <dc:subject/>
   <dc:creator>AZVU</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>