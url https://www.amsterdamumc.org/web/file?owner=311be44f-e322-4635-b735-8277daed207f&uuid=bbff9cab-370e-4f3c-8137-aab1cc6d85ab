--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -1,2588 +1,2310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A54BD7" w:rsidRPr="00175C1F" w:rsidRDefault="00A54BD7" w:rsidP="007821CC">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="2AD38C8A" w14:textId="65EED819" w:rsidR="002F5EC7" w:rsidRDefault="0044764F" w:rsidP="003C6A77">
+      <w:pPr>
+        <w:pStyle w:val="Titel"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="009CB4"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00175C1F">
+      <w:r w:rsidRPr="0044764F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="009CB4"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t xml:space="preserve">Application form </w:t>
       </w:r>
-      <w:r w:rsidR="00E01965">
+      <w:r w:rsidR="00DA17DF">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="009CB4"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Amsterdam UMC</w:t>
+        <w:t>Women in science fund</w:t>
       </w:r>
-      <w:r w:rsidR="007821CC" w:rsidRPr="00175C1F">
+    </w:p>
+    <w:p w14:paraId="1C050993" w14:textId="71E98B6F" w:rsidR="00CB7D1C" w:rsidRPr="00CB7D1C" w:rsidRDefault="00CB7D1C" w:rsidP="00CB7D1C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Women in Science Fund</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00175C1F">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>”</w:t>
+        <w:t xml:space="preserve">Last updated: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA17DF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>February 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007821CC" w:rsidRPr="00175C1F" w:rsidRDefault="00AA48BC" w:rsidP="007821CC">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="10C362DA" w14:textId="54DC217B" w:rsidR="002F5EC7" w:rsidRPr="00F31906" w:rsidRDefault="0044764F" w:rsidP="00A93C3A">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00175C1F">
+      <w:r w:rsidRPr="00F31906">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Expenditure plan </w:t>
+        <w:t>personal details</w:t>
       </w:r>
-      <w:r w:rsidR="007821CC" w:rsidRPr="00175C1F">
+    </w:p>
+    <w:p w14:paraId="3A2A2594" w14:textId="1B157162" w:rsidR="00B81E23" w:rsidRPr="00B81E23" w:rsidRDefault="00B81E23" w:rsidP="00B81E23">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">VUmc Aspasia </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011106F" w:rsidRPr="00175C1F">
+      </w:pPr>
+      <w:r w:rsidRPr="00B81E23">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>grant</w:t>
+        <w:t xml:space="preserve">Please fill in some details on yourself </w:t>
+      </w:r>
+      <w:r w:rsidR="008F33F1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and your contact at the host institute. Do not forget about the attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="0010548F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when sending the form</w:t>
+      </w:r>
+      <w:r w:rsidR="008F33F1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA2381" w:rsidRPr="0013282B" w:rsidRDefault="00AA2381" w:rsidP="0013282B">
-[...33 lines deleted...]
-        <w:t>1. Personal details of the applicant</w:t>
+    <w:p w14:paraId="57BE02D0" w14:textId="3BBEBA7F" w:rsidR="0044764F" w:rsidRPr="00A166B0" w:rsidRDefault="0044764F" w:rsidP="00A166B0">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A166B0">
+        <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F064A0">
-[...59 lines deleted...]
-        <w:t>most important publications (max. 5)</w:t>
+      <w:r w:rsidR="00DA17DF">
+        <w:t>Applicant</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
-        <w:tblW w:w="9212" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
         <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2518"/>
-        <w:gridCol w:w="6694"/>
+        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="6728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="00EB4AB8">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="002D1968" w14:paraId="3958B7FE" w14:textId="77777777" w:rsidTr="00510BD3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="9032" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="221FCF19" w14:textId="2C17DBD7" w:rsidR="00DA17DF" w:rsidRPr="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="006D6ACD">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Title</w:t>
+              <w:t>Please additionally attach a short CV, including research experience and max. 5 important publications</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F064A0">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B81E23" w:rsidRPr="002D1968" w14:paraId="0A724147" w14:textId="77777777" w:rsidTr="008F33F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9750CF" w14:textId="3C131C9E" w:rsidR="00B81E23" w:rsidRDefault="00B81E23" w:rsidP="008F33F1">
+            <w:pPr>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(s)</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0044764F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title(s), </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA17DF">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>first name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044764F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, surname</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="1703DE42" w14:textId="77777777" w:rsidR="00B81E23" w:rsidRPr="00B81E23" w:rsidRDefault="00B81E23" w:rsidP="00B81E23">
             <w:pPr>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="00EB4AB8">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="11702864" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="16A8A195" w14:textId="383D1689" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name </w:t>
+              <w:t>Position at Amsterdam UMC:</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="5E4B7FBC" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00B81E23">
             <w:pPr>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="00EB4AB8">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="0EBB9C72" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="0012448C">
+          <w:p w14:paraId="73585770" w14:textId="1275474D" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Position</w:t>
-[...16 lines deleted...]
-              <w:t>mc</w:t>
+              <w:t>Supervisor/department head:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="1F1F4C37" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00B81E23">
             <w:pPr>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="00EB4AB8">
+      <w:tr w:rsidR="00B81E23" w:rsidRPr="00FD4473" w14:paraId="093B0936" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="5C3EF637" w14:textId="0D37E54B" w:rsidR="00B81E23" w:rsidRDefault="00B81E23" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Supervisor</w:t>
+              <w:t>Department, location:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="7678895F" w14:textId="77777777" w:rsidR="00B81E23" w:rsidRPr="00FD4473" w:rsidRDefault="00B81E23" w:rsidP="00B81E23">
             <w:pPr>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="00EB4AB8">
+      <w:tr w:rsidR="00B81E23" w:rsidRPr="00FD4473" w14:paraId="188F3579" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="3BB1C734" w14:textId="01C4987E" w:rsidR="00B81E23" w:rsidRDefault="00B81E23" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Department</w:t>
+              <w:t>E-Mail:</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="2E33E970" w14:textId="77777777" w:rsidR="00B81E23" w:rsidRPr="00FD4473" w:rsidRDefault="00B81E23" w:rsidP="00B81E23">
             <w:pPr>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...99 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003738C6" w:rsidRPr="00F064A0" w:rsidRDefault="003738C6" w:rsidP="003738C6">
-[...33 lines deleted...]
-        <w:t>2. Contact person at visiting institute</w:t>
+    <w:p w14:paraId="6A7E5764" w14:textId="64F6EB95" w:rsidR="00B81E23" w:rsidRDefault="00B81E23"/>
+    <w:p w14:paraId="14C3F410" w14:textId="1CED5FD9" w:rsidR="00DA17DF" w:rsidRPr="00A166B0" w:rsidRDefault="00DA17DF" w:rsidP="00DA17DF">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E3DD8">
-[...9 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00A166B0">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F064A0">
-[...27 lines deleted...]
-        <w:t>letter of invitation or e-mail correspondence</w:t>
+      <w:r>
+        <w:t>Contact at host institute</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
-        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2453"/>
-        <w:gridCol w:w="6761"/>
+        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="6728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="002D1968" w14:paraId="31FDD4EB" w14:textId="77777777" w:rsidTr="00AD6181">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
+            <w:tcW w:w="9032" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="3C76BB57" w14:textId="730DF7F0" w:rsidR="00DA17DF" w:rsidRPr="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name </w:t>
+              <w:t xml:space="preserve">Please </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r w:rsidR="008F33F1">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>and</w:t>
+              <w:t>attach an invitation letter or email correspondence confirming your invitation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F064A0">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="002D1968" w14:paraId="5557BEAB" w14:textId="77777777" w:rsidTr="008F33F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DE0CD1" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="008F33F1">
+            <w:pPr>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0044764F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title(s), </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>surname</w:t>
+              <w:t>first name</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044764F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, surname</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:tcW w:w="6728" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="6E9E98C5" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00B81E23" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="485F04C5" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="223A7EC3" w14:textId="266FE3EF" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Department</w:t>
+              <w:t>Position</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008F33F1">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="391DD41C" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="6C4CE53E" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="0046E82A" w14:textId="089A020F" w:rsidR="00DA17DF" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Institution</w:t>
+              <w:t>Department:</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="3B454AA1" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="4656BC3F" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="5D03732F" w14:textId="78411DD9" w:rsidR="00DA17DF" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>City</w:t>
+              <w:t>Institution:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="6866AF0F" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="008F33F1" w:rsidRPr="00FD4473" w14:paraId="57449FBF" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="5D3CB28D" w14:textId="3BBF3C2B" w:rsidR="008F33F1" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Country</w:t>
+              <w:t>City, Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="7C9ABCA9" w14:textId="77777777" w:rsidR="008F33F1" w:rsidRPr="00FD4473" w:rsidRDefault="008F33F1" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w14:paraId="23F5243D" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="0880A903" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Email </w:t>
+              <w:t>E-Mail:</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="4AE08FB0" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRPr="00FD4473" w:rsidRDefault="00DA17DF" w:rsidP="00AD6181">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...57 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-      <w:pPr>
+    <w:p w14:paraId="27AF8D14" w14:textId="77777777" w:rsidR="00DA17DF" w:rsidRDefault="00DA17DF"/>
+    <w:p w14:paraId="2DFAAF68" w14:textId="77777777" w:rsidR="00A67F67" w:rsidRDefault="00A67F67">
+      <w:pPr>
+        <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="200"/>
+    <w:p w14:paraId="190A7C50" w14:textId="24D67F4B" w:rsidR="00AE08DB" w:rsidRPr="00F31906" w:rsidRDefault="008F33F1" w:rsidP="00A67F67">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3. Planning of the visit</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Visit details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7FDC84" w14:textId="49931EC3" w:rsidR="00B81E23" w:rsidRPr="00AE08DB" w:rsidRDefault="00AE08DB" w:rsidP="00137DA1">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE08DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please fill in some information on the </w:t>
+      </w:r>
+      <w:r w:rsidR="008F33F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>research visit you are planning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7039DF48" w14:textId="5BD081F2" w:rsidR="00AE08DB" w:rsidRDefault="008F33F1" w:rsidP="00AE08DB">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE08DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Planning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
-        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2401"/>
-        <w:gridCol w:w="6813"/>
+        <w:gridCol w:w="2089"/>
+        <w:gridCol w:w="6943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00AE08DB" w:rsidRPr="00DA17DF" w14:paraId="5476E841" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2401" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="0012448C">
+          <w:p w14:paraId="7737C257" w14:textId="3F1D2A5E" w:rsidR="00AE08DB" w:rsidRPr="0044764F" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Envisaged</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> start date</w:t>
+              <w:t>Expected start date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6813" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="3127871B" w14:textId="32BA1C07" w:rsidR="00AE08DB" w:rsidRPr="0044764F" w:rsidRDefault="00AE08DB" w:rsidP="007331F6">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00AE08DB" w:rsidRPr="0044764F" w14:paraId="17F08836" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2401" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="70B8F075" w14:textId="66C56E16" w:rsidR="00AE08DB" w:rsidRPr="00FD4473" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> end date</w:t>
+              <w:t>Expected end date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6813" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="01EDB976" w14:textId="77777777" w:rsidR="00AE08DB" w:rsidRPr="000A10A8" w:rsidRDefault="00AE08DB" w:rsidP="007331F6">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00AE08DB" w:rsidRPr="0044764F" w14:paraId="0AE01FA9" w14:textId="77777777" w:rsidTr="008F33F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2401" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="01A636C5" w14:textId="0B3AC5B5" w:rsidR="00AE08DB" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Duration</w:t>
+              <w:t>Duration:</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6813" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="608FE20E" w14:textId="77777777" w:rsidR="00AE08DB" w:rsidRPr="000A10A8" w:rsidRDefault="00AE08DB" w:rsidP="007331F6">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-      <w:pPr>
+    <w:p w14:paraId="74B80BA7" w14:textId="77777777" w:rsidR="00D7295F" w:rsidRDefault="00D7295F" w:rsidP="00137DA1">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kop4"/>
+    <w:p w14:paraId="306CC093" w14:textId="40A6BF09" w:rsidR="00AE08DB" w:rsidRDefault="008F33F1" w:rsidP="00AE08DB">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4. Relation with current research</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE08DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Relation with current research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
+    <w:p w14:paraId="4589FA21" w14:textId="7638B85F" w:rsidR="000A10A8" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(max. 500 words)</w:t>
+        <w:t>Max. 500 words</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
+    <w:p w14:paraId="1A6C9DD7" w14:textId="77777777" w:rsidR="008F33F1" w:rsidRPr="008F33F1" w:rsidRDefault="008F33F1" w:rsidP="008F33F1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F064A0" w:rsidRPr="00F064A0" w:rsidRDefault="00F064A0" w:rsidP="00F064A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kop4"/>
+    <w:p w14:paraId="2A346EC9" w14:textId="2119F02E" w:rsidR="00A166B0" w:rsidRDefault="00505706" w:rsidP="0054230F">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r w:rsidR="0054230F">
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. Short description of the visit including objectives and work plan</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F33F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Description of the visit including objectives and work plan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F064A0" w:rsidRDefault="00F064A0" w:rsidP="00F064A0">
+    <w:p w14:paraId="69DE2F60" w14:textId="2BE63109" w:rsidR="0054230F" w:rsidRDefault="0054230F" w:rsidP="0054230F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r w:rsidRPr="00451292">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(max. 500 words)</w:t>
+        <w:t>Max</w:t>
+      </w:r>
+      <w:r w:rsidR="00451292" w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F33F1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F064A0" w:rsidRPr="00F064A0" w:rsidRDefault="00F064A0" w:rsidP="00F064A0">
+    <w:p w14:paraId="0427FEAD" w14:textId="77777777" w:rsidR="008F33F1" w:rsidRPr="00451292" w:rsidRDefault="008F33F1" w:rsidP="0054230F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F064A0" w:rsidRPr="00F064A0" w:rsidRDefault="00F064A0" w:rsidP="00F064A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kop4"/>
+    <w:p w14:paraId="41ADAC50" w14:textId="2B00E063" w:rsidR="0054230F" w:rsidRDefault="00505706" w:rsidP="00451292">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r w:rsidR="0054230F">
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Short description of the expected impact of the visit on </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00533422">
+      <w:r w:rsidR="00513D80">
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>your</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> career</w:t>
+        <w:t>Description of the expected impact of the visit on your career</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F064A0" w:rsidRPr="00F064A0" w:rsidRDefault="00F064A0" w:rsidP="00F064A0">
+    <w:p w14:paraId="04F2E51A" w14:textId="5C4699ED" w:rsidR="0054230F" w:rsidRDefault="0054230F" w:rsidP="0054230F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Max</w:t>
+      </w:r>
+      <w:r w:rsidR="00451292" w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97D82">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00451292" w:rsidRPr="00451292">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BA8C3D" w14:textId="77777777" w:rsidR="00513D80" w:rsidRPr="00451292" w:rsidRDefault="00513D80" w:rsidP="0054230F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="775D2971" w14:textId="3989BB15" w:rsidR="009973B2" w:rsidRDefault="00513D80" w:rsidP="00F91D35">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...57 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00DC4B00" w:rsidRPr="00F064A0">
+      <w:r w:rsidR="00B3767C">
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Budget</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
+    <w:p w14:paraId="2AB39562" w14:textId="09222546" w:rsidR="00513D80" w:rsidRPr="00513D80" w:rsidRDefault="00513D80" w:rsidP="00513D80">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00513D80">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Did you receive any other financial allowance for this work visit?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4676AC04" w14:textId="55E0FA7A" w:rsidR="00513D80" w:rsidRDefault="002D1968" w:rsidP="00513D80">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:pos="8789"/>
+          <w:tab w:val="left" w:pos="795"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="601698601"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00513D80">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00513D80">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...11 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Yes / No</w:t>
-[...18 lines deleted...]
-        <w:t>If yes, please provide details on type of funding and granted allowances</w:t>
+        <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA64EE" w:rsidRPr="00F064A0" w:rsidRDefault="00CA64EE" w:rsidP="00DC4B00">
+    <w:p w14:paraId="51B1E002" w14:textId="3C647371" w:rsidR="00513D80" w:rsidRPr="00451292" w:rsidRDefault="002D1968" w:rsidP="00513D80">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:pos="8789"/>
+          <w:tab w:val="left" w:pos="795"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1719942997"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00513D80">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00513D80">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEFD463" w14:textId="37063A01" w:rsidR="00513D80" w:rsidRPr="00513D80" w:rsidRDefault="00513D80" w:rsidP="00451292">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00513D80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If so, please provide details on the amounts received and funding providers.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CA64EE" w:rsidRPr="00F064A0" w:rsidRDefault="00CA64EE" w:rsidP="00CA64EE">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="7E5204D8" w14:textId="73FF74F1" w:rsidR="00F91D35" w:rsidRDefault="00F91D35" w:rsidP="00451292">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+    </w:p>
+    <w:p w14:paraId="7D68C796" w14:textId="20751029" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00451292">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Requested from the VU</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA2381" w:rsidRPr="00F064A0">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>mc</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Women in Science Fund:</w:t>
+        <w:t>Please provide details on the requested budget from the Amsterdam UMC Women in Science Fund.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
-        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
         <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3323"/>
-        <w:gridCol w:w="5891"/>
+        <w:gridCol w:w="7050"/>
+        <w:gridCol w:w="1982"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00F91D35" w:rsidRPr="0044764F" w14:paraId="0542595A" w14:textId="77777777" w:rsidTr="00F31906">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3323" w:type="dxa"/>
+            <w:tcW w:w="7050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="003738C6">
+          <w:p w14:paraId="22E77FB8" w14:textId="53CC6F04" w:rsidR="00F91D35" w:rsidRPr="00B3767C" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">International </w:t>
+              <w:t>Item</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="261B6D71" w14:textId="30FE82E2" w:rsidR="00F91D35" w:rsidRPr="00B3767C" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>€</w:t>
+              <w:t>Budget</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00F91D35" w:rsidRPr="00FD4473" w14:paraId="33E38DF0" w14:textId="77777777" w:rsidTr="00F31906">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3323" w:type="dxa"/>
+            <w:tcW w:w="7050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="003738C6">
+          <w:p w14:paraId="5D6A883E" w14:textId="0FCE8552" w:rsidR="00F91D35" w:rsidRPr="00FD4473" w:rsidRDefault="00D20373" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:textAlignment w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Local</w:t>
+            <w:r>
+              <w:t>International travel costs</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="5AF9955A" w14:textId="77777777" w:rsidR="00F91D35" w:rsidRPr="00FD4473" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidTr="003738C6">
+      <w:tr w:rsidR="00F91D35" w:rsidRPr="0044764F" w14:paraId="5B0E45E7" w14:textId="77777777" w:rsidTr="00F31906">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3323" w:type="dxa"/>
+            <w:tcW w:w="7050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="3BC90DC6" w14:textId="36169B0E" w:rsidR="00F91D35" w:rsidRPr="00FD4473" w:rsidRDefault="00D20373" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:textAlignment w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Total </w:t>
+            <w:r>
+              <w:t>Local accommodation costs</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00EB4AB8">
+          <w:p w14:paraId="2B2239C0" w14:textId="77777777" w:rsidR="00F91D35" w:rsidRPr="0044764F" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
             <w:pPr>
-              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F064A0">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F91D35" w:rsidRPr="0044764F" w14:paraId="159272CF" w14:textId="77777777" w:rsidTr="00F31906">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D9C8FE0" w14:textId="77777777" w:rsidR="00F91D35" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
+            <w:pPr>
+              <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>€</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A485FDE" w14:textId="77777777" w:rsidR="00F91D35" w:rsidRPr="0044764F" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F91D35" w:rsidRPr="0044764F" w14:paraId="48AA5FCB" w14:textId="77777777" w:rsidTr="00F31906">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0741D7A7" w14:textId="54AB26DA" w:rsidR="00F91D35" w:rsidRPr="00F91D35" w:rsidRDefault="00F91D35" w:rsidP="00F91D35">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F91D35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03FAD42C" w14:textId="77777777" w:rsidR="00F91D35" w:rsidRPr="0044764F" w:rsidRDefault="00F91D35" w:rsidP="00D9120F">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
+    <w:p w14:paraId="0DCF72DC" w14:textId="2449ABD6" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="0058014E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="006E044B" w:rsidRDefault="00AA2381" w:rsidP="00DC4B00">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="200"/>
+    <w:p w14:paraId="39520064" w14:textId="77777777" w:rsidR="00D20373" w:rsidRDefault="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E044B">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="Intensievebenadrukking"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...10 lines deleted...]
-        <w:t>. Signature</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E044B" w:rsidRPr="006E3DD8" w:rsidRDefault="006E044B" w:rsidP="006E044B">
-      <w:pPr>
+    <w:p w14:paraId="19E5D964" w14:textId="57283CB9" w:rsidR="00D20373" w:rsidRPr="00F31906" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E3DD8">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Date:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E044B" w:rsidRPr="006E3DD8" w:rsidRDefault="006E044B" w:rsidP="006E044B">
-      <w:pPr>
+    <w:p w14:paraId="21D19BBC" w14:textId="6B32B673" w:rsidR="00D20373" w:rsidRPr="00AE08DB" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AE08DB">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006E3DD8">
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Place: </w:t>
+        <w:t>provide signatures of the applicant and supervisor/department head.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E044B" w:rsidRPr="006E3DD8" w:rsidRDefault="006E044B" w:rsidP="006E044B">
-      <w:pPr>
+    <w:p w14:paraId="01503CF0" w14:textId="48CFB460" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006E3DD8">
+        <w:t>8. Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2089"/>
+        <w:gridCol w:w="6943"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20373" w:rsidRPr="00DA17DF" w14:paraId="45D21754" w14:textId="77777777" w:rsidTr="00AD6181">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3E7B28" w14:textId="7F3F1D6C" w:rsidR="00D20373" w:rsidRPr="0044764F" w:rsidRDefault="00D20373" w:rsidP="00AD6181">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6943" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E07A1AC" w14:textId="77777777" w:rsidR="00D20373" w:rsidRPr="0044764F" w:rsidRDefault="00D20373" w:rsidP="00AD6181">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D20373" w:rsidRPr="0044764F" w14:paraId="61C09600" w14:textId="77777777" w:rsidTr="00AD6181">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D5D52C" w14:textId="53CABB3B" w:rsidR="00D20373" w:rsidRPr="00FD4473" w:rsidRDefault="00D20373" w:rsidP="00AD6181">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Place:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6943" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="515FC2CA" w14:textId="77777777" w:rsidR="00D20373" w:rsidRPr="000A10A8" w:rsidRDefault="00D20373" w:rsidP="00AD6181">
+            <w:pPr>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6AD3285D" w14:textId="77777777" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298260AD" w14:textId="100CF396" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Name and signature applicant:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="006E3DD8" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-      <w:pPr>
+    <w:p w14:paraId="2680FC89" w14:textId="77777777" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-      <w:pPr>
+    <w:p w14:paraId="590A1651" w14:textId="77777777" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064A0">
+    </w:p>
+    <w:p w14:paraId="5FFA1983" w14:textId="6C8A1282" w:rsidR="00D20373" w:rsidRDefault="00D20373" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Name </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Name and signature supervisor:</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F064A0">
+    </w:p>
+    <w:p w14:paraId="61A512E9" w14:textId="77777777" w:rsidR="000949E8" w:rsidRDefault="000949E8" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>and</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AAA4EE2" w14:textId="77777777" w:rsidR="000949E8" w:rsidRDefault="000949E8" w:rsidP="00D20373">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358AA1F4" w14:textId="050EBED1" w:rsidR="000949E8" w:rsidRPr="00936176" w:rsidRDefault="000949E8" w:rsidP="00936176">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000949E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please send the form (and short CV and invitation letter</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F064A0">
+      <w:r w:rsidR="002D1968">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from visiting department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000949E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="000949E8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>rs-rpo@amsterdamumc.nl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000949E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4B00" w:rsidRPr="00F064A0" w:rsidRDefault="00DC4B00" w:rsidP="00DC4B00">
-[...29 lines deleted...]
-      <w:pgMar w:top="2608" w:right="2041" w:bottom="964" w:left="1361" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:sectPr w:rsidR="000949E8" w:rsidRPr="00936176" w:rsidSect="003C6A77">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1985" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00465B61" w:rsidRDefault="00465B61" w:rsidP="00465B61">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="77543662" w14:textId="77777777" w:rsidR="0046570E" w:rsidRDefault="0046570E" w:rsidP="002F5EC7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00465B61" w:rsidRDefault="00465B61" w:rsidP="00465B61">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="387ADEC6" w14:textId="77777777" w:rsidR="0046570E" w:rsidRDefault="0046570E" w:rsidP="002F5EC7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arrus BT">
-    <w:altName w:val="Georgia"/>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name=".SF UI Text">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name=".SFUIText">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B74CFB" w:rsidRPr="00533422" w:rsidRDefault="00E01965">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1209929205"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="2ACC58B6" w14:textId="3122A3F5" w:rsidR="0046570E" w:rsidRDefault="0046570E">
+        <w:pPr>
+          <w:pStyle w:val="Voettekst"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00154A68">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7C74067F" w14:textId="77777777" w:rsidR="0046570E" w:rsidRDefault="0046570E">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
-      <w:rPr>
-[...33 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00465B61" w:rsidRDefault="00465B61" w:rsidP="00465B61">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4C90BBD0" w14:textId="77777777" w:rsidR="0046570E" w:rsidRDefault="0046570E" w:rsidP="002F5EC7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00465B61" w:rsidRDefault="00465B61" w:rsidP="00465B61">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="003EFCF2" w14:textId="77777777" w:rsidR="0046570E" w:rsidRDefault="0046570E" w:rsidP="002F5EC7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00465B61" w:rsidRDefault="00E5107A" w:rsidP="00465B61">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="386F8620" w14:textId="74CCB52F" w:rsidR="0046570E" w:rsidRDefault="004401AD" w:rsidP="00197D79">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00465B61">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="SourceSansPro" w:hAnsi="SourceSansPro" w:cs="Arial"/>
         <w:noProof/>
-        <w:snapToGrid/>
-[...2 lines deleted...]
-        <w:szCs w:val="14"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
-          <wp:extent cx="3362325" cy="571500"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="55B6DF08" wp14:editId="7A4AB9D3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:align>top</wp:align>
+          </wp:positionV>
+          <wp:extent cx="7559675" cy="965835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="Afbeelding 1" descr="https://telefoongids.amc.nl/images/AMC-VUmc_Logo_RGB_72dpi.png">
-[...1 lines deleted...]
-          </wp:docPr>
+          <wp:wrapNone/>
+          <wp:docPr id="1473861029" name="Graphic 1473861029"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Afbeelding 1" descr="https://telefoongids.amc.nl/images/AMC-VUmc_Logo_RGB_72dpi.png">
-[...4 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="37" name="Graphic 37"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+                      </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3362325" cy="571500"/>
+                    <a:ext cx="7559675" cy="965835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11F87BD7"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="170302B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E98713A"/>
+    <w:lvl w:ilvl="0" w:tplc="0413000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="462F422F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E08AC990"/>
+    <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...143 lines deleted...]
-        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -2639,62 +2361,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="782D1FD6"/>
+    <w:nsid w:val="4B9D154D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A00215E8"/>
-    <w:lvl w:ilvl="0" w:tplc="48AEB404">
+    <w:tmpl w:val="B65A4A34"/>
+    <w:lvl w:ilvl="0" w:tplc="7B4ED3E6">
+      <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -2750,280 +2473,2669 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63B90163"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="862EFB94"/>
+    <w:lvl w:ilvl="0" w:tplc="4546F780">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="642F331C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D49AC4F0"/>
+    <w:lvl w:ilvl="0" w:tplc="04130001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68ED15E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="69984BFA"/>
+    <w:lvl w:ilvl="0" w:tplc="FB36FFBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75297C7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EEA36DE"/>
+    <w:lvl w:ilvl="0" w:tplc="BB2ACDE0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Calibri" w:hAnsi="Trebuchet MS" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="791458BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B69C3248"/>
+    <w:lvl w:ilvl="0" w:tplc="E962040C">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Calibri" w:hAnsi="Trebuchet MS" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B682A13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9A2FC8A"/>
+    <w:lvl w:ilvl="0" w:tplc="E0F82384">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="797797583">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="563176301">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="403993254">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="912158351">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="723872796">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="77597362">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="28605610">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="700058969">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="9" w16cid:durableId="159590705">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="nl-NL" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="nl-NL" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00855411"/>
-[...61 lines deleted...]
-    <w:rsid w:val="00FF10D9"/>
+    <w:rsidRoot w:val="002F5EC7"/>
+    <w:rsid w:val="000012AA"/>
+    <w:rsid w:val="00003592"/>
+    <w:rsid w:val="000047D8"/>
+    <w:rsid w:val="00004BE1"/>
+    <w:rsid w:val="000054AC"/>
+    <w:rsid w:val="000079E0"/>
+    <w:rsid w:val="00014704"/>
+    <w:rsid w:val="00016F41"/>
+    <w:rsid w:val="00017020"/>
+    <w:rsid w:val="00017649"/>
+    <w:rsid w:val="00020B88"/>
+    <w:rsid w:val="000233EC"/>
+    <w:rsid w:val="00026365"/>
+    <w:rsid w:val="000301FD"/>
+    <w:rsid w:val="000315AD"/>
+    <w:rsid w:val="00031837"/>
+    <w:rsid w:val="00033CB7"/>
+    <w:rsid w:val="00033E1A"/>
+    <w:rsid w:val="0003602D"/>
+    <w:rsid w:val="000415DF"/>
+    <w:rsid w:val="000431D8"/>
+    <w:rsid w:val="0005077A"/>
+    <w:rsid w:val="00052163"/>
+    <w:rsid w:val="00052173"/>
+    <w:rsid w:val="00054A80"/>
+    <w:rsid w:val="00054FDD"/>
+    <w:rsid w:val="00055055"/>
+    <w:rsid w:val="00057569"/>
+    <w:rsid w:val="00057F2C"/>
+    <w:rsid w:val="0006250E"/>
+    <w:rsid w:val="00062D1E"/>
+    <w:rsid w:val="00065971"/>
+    <w:rsid w:val="00066C62"/>
+    <w:rsid w:val="00067F61"/>
+    <w:rsid w:val="000714B7"/>
+    <w:rsid w:val="00072D17"/>
+    <w:rsid w:val="00073B7A"/>
+    <w:rsid w:val="00074346"/>
+    <w:rsid w:val="000774F1"/>
+    <w:rsid w:val="00077E5E"/>
+    <w:rsid w:val="00084547"/>
+    <w:rsid w:val="00085696"/>
+    <w:rsid w:val="0009131B"/>
+    <w:rsid w:val="00091947"/>
+    <w:rsid w:val="00092931"/>
+    <w:rsid w:val="00092A32"/>
+    <w:rsid w:val="00093451"/>
+    <w:rsid w:val="000934B9"/>
+    <w:rsid w:val="00093564"/>
+    <w:rsid w:val="00093C11"/>
+    <w:rsid w:val="000949E8"/>
+    <w:rsid w:val="00095044"/>
+    <w:rsid w:val="000A10A8"/>
+    <w:rsid w:val="000A51D5"/>
+    <w:rsid w:val="000A5D88"/>
+    <w:rsid w:val="000B0FA9"/>
+    <w:rsid w:val="000B1AE2"/>
+    <w:rsid w:val="000B204A"/>
+    <w:rsid w:val="000B26ED"/>
+    <w:rsid w:val="000B3F7B"/>
+    <w:rsid w:val="000B4D14"/>
+    <w:rsid w:val="000B6093"/>
+    <w:rsid w:val="000B6247"/>
+    <w:rsid w:val="000C0744"/>
+    <w:rsid w:val="000C0C5D"/>
+    <w:rsid w:val="000C0C89"/>
+    <w:rsid w:val="000C0EB6"/>
+    <w:rsid w:val="000C2978"/>
+    <w:rsid w:val="000C321A"/>
+    <w:rsid w:val="000C3539"/>
+    <w:rsid w:val="000D18B0"/>
+    <w:rsid w:val="000D215C"/>
+    <w:rsid w:val="000D47B2"/>
+    <w:rsid w:val="000E1A70"/>
+    <w:rsid w:val="000E2B56"/>
+    <w:rsid w:val="000E315C"/>
+    <w:rsid w:val="000E3F3E"/>
+    <w:rsid w:val="000E5450"/>
+    <w:rsid w:val="000E55C2"/>
+    <w:rsid w:val="000F0390"/>
+    <w:rsid w:val="000F0C22"/>
+    <w:rsid w:val="000F0E70"/>
+    <w:rsid w:val="000F1E17"/>
+    <w:rsid w:val="000F4BB1"/>
+    <w:rsid w:val="000F6762"/>
+    <w:rsid w:val="001026FE"/>
+    <w:rsid w:val="001027CB"/>
+    <w:rsid w:val="001049A9"/>
+    <w:rsid w:val="0010548F"/>
+    <w:rsid w:val="00111E0D"/>
+    <w:rsid w:val="001145FD"/>
+    <w:rsid w:val="001151C6"/>
+    <w:rsid w:val="00115C8E"/>
+    <w:rsid w:val="00121009"/>
+    <w:rsid w:val="00121130"/>
+    <w:rsid w:val="001234A0"/>
+    <w:rsid w:val="001235CD"/>
+    <w:rsid w:val="00123607"/>
+    <w:rsid w:val="00124A29"/>
+    <w:rsid w:val="001260AE"/>
+    <w:rsid w:val="00126B70"/>
+    <w:rsid w:val="00130067"/>
+    <w:rsid w:val="00131C23"/>
+    <w:rsid w:val="00132DAF"/>
+    <w:rsid w:val="00134C0A"/>
+    <w:rsid w:val="00137836"/>
+    <w:rsid w:val="00137DA1"/>
+    <w:rsid w:val="001405D5"/>
+    <w:rsid w:val="00144681"/>
+    <w:rsid w:val="0014506C"/>
+    <w:rsid w:val="001452D1"/>
+    <w:rsid w:val="00145DC7"/>
+    <w:rsid w:val="001500FF"/>
+    <w:rsid w:val="00150129"/>
+    <w:rsid w:val="001502CD"/>
+    <w:rsid w:val="001505B2"/>
+    <w:rsid w:val="00150DD9"/>
+    <w:rsid w:val="00151BB9"/>
+    <w:rsid w:val="00151E84"/>
+    <w:rsid w:val="00153C87"/>
+    <w:rsid w:val="00154199"/>
+    <w:rsid w:val="00154A68"/>
+    <w:rsid w:val="00154CFA"/>
+    <w:rsid w:val="00156325"/>
+    <w:rsid w:val="00157448"/>
+    <w:rsid w:val="0016477A"/>
+    <w:rsid w:val="00170C28"/>
+    <w:rsid w:val="0017156B"/>
+    <w:rsid w:val="001753A3"/>
+    <w:rsid w:val="001766C2"/>
+    <w:rsid w:val="00177712"/>
+    <w:rsid w:val="00180481"/>
+    <w:rsid w:val="001818BE"/>
+    <w:rsid w:val="001850B8"/>
+    <w:rsid w:val="00186986"/>
+    <w:rsid w:val="00187117"/>
+    <w:rsid w:val="001900AA"/>
+    <w:rsid w:val="00194206"/>
+    <w:rsid w:val="001943CA"/>
+    <w:rsid w:val="00195501"/>
+    <w:rsid w:val="00197D79"/>
+    <w:rsid w:val="001A3697"/>
+    <w:rsid w:val="001A4AE0"/>
+    <w:rsid w:val="001B084B"/>
+    <w:rsid w:val="001B1897"/>
+    <w:rsid w:val="001B2129"/>
+    <w:rsid w:val="001B2CBE"/>
+    <w:rsid w:val="001B4B95"/>
+    <w:rsid w:val="001B5039"/>
+    <w:rsid w:val="001B5525"/>
+    <w:rsid w:val="001B5D4C"/>
+    <w:rsid w:val="001B61FE"/>
+    <w:rsid w:val="001B650D"/>
+    <w:rsid w:val="001C1960"/>
+    <w:rsid w:val="001C2FC2"/>
+    <w:rsid w:val="001C3255"/>
+    <w:rsid w:val="001C36CE"/>
+    <w:rsid w:val="001C3C43"/>
+    <w:rsid w:val="001C3E50"/>
+    <w:rsid w:val="001C4D48"/>
+    <w:rsid w:val="001C59D5"/>
+    <w:rsid w:val="001C5FFB"/>
+    <w:rsid w:val="001C69DD"/>
+    <w:rsid w:val="001D0E28"/>
+    <w:rsid w:val="001D246D"/>
+    <w:rsid w:val="001D35A5"/>
+    <w:rsid w:val="001D3B26"/>
+    <w:rsid w:val="001D3E5A"/>
+    <w:rsid w:val="001D5461"/>
+    <w:rsid w:val="001D7ED5"/>
+    <w:rsid w:val="001E0868"/>
+    <w:rsid w:val="001E1A82"/>
+    <w:rsid w:val="001E1E89"/>
+    <w:rsid w:val="001E39D5"/>
+    <w:rsid w:val="001E4B20"/>
+    <w:rsid w:val="001E5B03"/>
+    <w:rsid w:val="001E6626"/>
+    <w:rsid w:val="001E7A47"/>
+    <w:rsid w:val="001F0916"/>
+    <w:rsid w:val="001F0A7D"/>
+    <w:rsid w:val="001F0CE4"/>
+    <w:rsid w:val="001F0EEF"/>
+    <w:rsid w:val="001F2E42"/>
+    <w:rsid w:val="001F2EF2"/>
+    <w:rsid w:val="001F3FD7"/>
+    <w:rsid w:val="001F4196"/>
+    <w:rsid w:val="001F70F3"/>
+    <w:rsid w:val="0020184C"/>
+    <w:rsid w:val="00203FD0"/>
+    <w:rsid w:val="00206DC4"/>
+    <w:rsid w:val="00214567"/>
+    <w:rsid w:val="00214C6E"/>
+    <w:rsid w:val="002165AB"/>
+    <w:rsid w:val="00217933"/>
+    <w:rsid w:val="00220C08"/>
+    <w:rsid w:val="002214EA"/>
+    <w:rsid w:val="0022497D"/>
+    <w:rsid w:val="00225777"/>
+    <w:rsid w:val="00227CE8"/>
+    <w:rsid w:val="00231112"/>
+    <w:rsid w:val="0023274E"/>
+    <w:rsid w:val="00233221"/>
+    <w:rsid w:val="00234478"/>
+    <w:rsid w:val="002351AE"/>
+    <w:rsid w:val="0023538D"/>
+    <w:rsid w:val="0023580C"/>
+    <w:rsid w:val="00236289"/>
+    <w:rsid w:val="00236531"/>
+    <w:rsid w:val="002401A1"/>
+    <w:rsid w:val="0024036A"/>
+    <w:rsid w:val="00240469"/>
+    <w:rsid w:val="002404BB"/>
+    <w:rsid w:val="00241AF7"/>
+    <w:rsid w:val="00241B2F"/>
+    <w:rsid w:val="00241FC3"/>
+    <w:rsid w:val="00242966"/>
+    <w:rsid w:val="00244B0F"/>
+    <w:rsid w:val="00244BC4"/>
+    <w:rsid w:val="00250800"/>
+    <w:rsid w:val="002535A7"/>
+    <w:rsid w:val="002556C1"/>
+    <w:rsid w:val="0025728F"/>
+    <w:rsid w:val="002572E4"/>
+    <w:rsid w:val="00257614"/>
+    <w:rsid w:val="00261E09"/>
+    <w:rsid w:val="0026598A"/>
+    <w:rsid w:val="00265DD0"/>
+    <w:rsid w:val="0026623F"/>
+    <w:rsid w:val="00267D98"/>
+    <w:rsid w:val="00267FD4"/>
+    <w:rsid w:val="00271CF2"/>
+    <w:rsid w:val="002728BE"/>
+    <w:rsid w:val="00276E7E"/>
+    <w:rsid w:val="00281E7A"/>
+    <w:rsid w:val="00282024"/>
+    <w:rsid w:val="00282AFD"/>
+    <w:rsid w:val="00283B59"/>
+    <w:rsid w:val="0028550F"/>
+    <w:rsid w:val="002875D3"/>
+    <w:rsid w:val="00292323"/>
+    <w:rsid w:val="00293A2C"/>
+    <w:rsid w:val="00295758"/>
+    <w:rsid w:val="00295A99"/>
+    <w:rsid w:val="00295BF9"/>
+    <w:rsid w:val="002A07A0"/>
+    <w:rsid w:val="002A2AD4"/>
+    <w:rsid w:val="002A2F93"/>
+    <w:rsid w:val="002A31B9"/>
+    <w:rsid w:val="002A3C41"/>
+    <w:rsid w:val="002A5951"/>
+    <w:rsid w:val="002A5DB3"/>
+    <w:rsid w:val="002A619C"/>
+    <w:rsid w:val="002A634A"/>
+    <w:rsid w:val="002A7346"/>
+    <w:rsid w:val="002B1119"/>
+    <w:rsid w:val="002B2B2A"/>
+    <w:rsid w:val="002B2D0B"/>
+    <w:rsid w:val="002B2D14"/>
+    <w:rsid w:val="002B2F7C"/>
+    <w:rsid w:val="002B5BCC"/>
+    <w:rsid w:val="002C17C6"/>
+    <w:rsid w:val="002C1997"/>
+    <w:rsid w:val="002C2B5E"/>
+    <w:rsid w:val="002C3A28"/>
+    <w:rsid w:val="002C521A"/>
+    <w:rsid w:val="002C6E63"/>
+    <w:rsid w:val="002C7CD3"/>
+    <w:rsid w:val="002D1968"/>
+    <w:rsid w:val="002D3367"/>
+    <w:rsid w:val="002D6778"/>
+    <w:rsid w:val="002D6991"/>
+    <w:rsid w:val="002E3394"/>
+    <w:rsid w:val="002E4690"/>
+    <w:rsid w:val="002E4893"/>
+    <w:rsid w:val="002E6333"/>
+    <w:rsid w:val="002E6527"/>
+    <w:rsid w:val="002F3D49"/>
+    <w:rsid w:val="002F5EC7"/>
+    <w:rsid w:val="002F6985"/>
+    <w:rsid w:val="002F6B37"/>
+    <w:rsid w:val="00301B10"/>
+    <w:rsid w:val="0030271B"/>
+    <w:rsid w:val="00302DD6"/>
+    <w:rsid w:val="00303DC7"/>
+    <w:rsid w:val="00303FF0"/>
+    <w:rsid w:val="00304316"/>
+    <w:rsid w:val="003053EE"/>
+    <w:rsid w:val="003065C6"/>
+    <w:rsid w:val="0031029D"/>
+    <w:rsid w:val="003117B6"/>
+    <w:rsid w:val="00314FD7"/>
+    <w:rsid w:val="0032406F"/>
+    <w:rsid w:val="00325420"/>
+    <w:rsid w:val="003257D0"/>
+    <w:rsid w:val="00326C5E"/>
+    <w:rsid w:val="00332206"/>
+    <w:rsid w:val="0033309E"/>
+    <w:rsid w:val="00335BF8"/>
+    <w:rsid w:val="003362C0"/>
+    <w:rsid w:val="00336575"/>
+    <w:rsid w:val="00336EF0"/>
+    <w:rsid w:val="0034062C"/>
+    <w:rsid w:val="00340FEB"/>
+    <w:rsid w:val="0034193C"/>
+    <w:rsid w:val="0034288B"/>
+    <w:rsid w:val="003428A0"/>
+    <w:rsid w:val="003430E2"/>
+    <w:rsid w:val="00346672"/>
+    <w:rsid w:val="00347505"/>
+    <w:rsid w:val="0034775C"/>
+    <w:rsid w:val="0035003F"/>
+    <w:rsid w:val="003515CE"/>
+    <w:rsid w:val="0035567C"/>
+    <w:rsid w:val="00360D7B"/>
+    <w:rsid w:val="00362127"/>
+    <w:rsid w:val="0036299E"/>
+    <w:rsid w:val="003657A6"/>
+    <w:rsid w:val="003658E0"/>
+    <w:rsid w:val="003667B2"/>
+    <w:rsid w:val="00366F9A"/>
+    <w:rsid w:val="003706CA"/>
+    <w:rsid w:val="00371B00"/>
+    <w:rsid w:val="00371B2D"/>
+    <w:rsid w:val="00371D66"/>
+    <w:rsid w:val="00373027"/>
+    <w:rsid w:val="0037630E"/>
+    <w:rsid w:val="003824BA"/>
+    <w:rsid w:val="00384692"/>
+    <w:rsid w:val="00385304"/>
+    <w:rsid w:val="00385DC4"/>
+    <w:rsid w:val="003879B0"/>
+    <w:rsid w:val="00391699"/>
+    <w:rsid w:val="003923E0"/>
+    <w:rsid w:val="00393CC8"/>
+    <w:rsid w:val="00393F75"/>
+    <w:rsid w:val="00394AF9"/>
+    <w:rsid w:val="0039526D"/>
+    <w:rsid w:val="00395A03"/>
+    <w:rsid w:val="0039655D"/>
+    <w:rsid w:val="003975C7"/>
+    <w:rsid w:val="00397C0A"/>
+    <w:rsid w:val="00397C12"/>
+    <w:rsid w:val="003A204D"/>
+    <w:rsid w:val="003A25B4"/>
+    <w:rsid w:val="003A708D"/>
+    <w:rsid w:val="003B0A0A"/>
+    <w:rsid w:val="003B0C49"/>
+    <w:rsid w:val="003B0E43"/>
+    <w:rsid w:val="003B2013"/>
+    <w:rsid w:val="003B2841"/>
+    <w:rsid w:val="003B379F"/>
+    <w:rsid w:val="003B3E06"/>
+    <w:rsid w:val="003B57A0"/>
+    <w:rsid w:val="003B6E5A"/>
+    <w:rsid w:val="003C0E3B"/>
+    <w:rsid w:val="003C3A63"/>
+    <w:rsid w:val="003C46B1"/>
+    <w:rsid w:val="003C5274"/>
+    <w:rsid w:val="003C6A77"/>
+    <w:rsid w:val="003C7C82"/>
+    <w:rsid w:val="003D091F"/>
+    <w:rsid w:val="003D1DCE"/>
+    <w:rsid w:val="003D35C8"/>
+    <w:rsid w:val="003D3811"/>
+    <w:rsid w:val="003D4F3A"/>
+    <w:rsid w:val="003E0F46"/>
+    <w:rsid w:val="003E22A6"/>
+    <w:rsid w:val="003E30D2"/>
+    <w:rsid w:val="003E38BD"/>
+    <w:rsid w:val="003E4404"/>
+    <w:rsid w:val="003E583D"/>
+    <w:rsid w:val="003E5B93"/>
+    <w:rsid w:val="003E6EFC"/>
+    <w:rsid w:val="003F0E0D"/>
+    <w:rsid w:val="003F293E"/>
+    <w:rsid w:val="003F589D"/>
+    <w:rsid w:val="003F6EE3"/>
+    <w:rsid w:val="00400536"/>
+    <w:rsid w:val="00400A3A"/>
+    <w:rsid w:val="00403412"/>
+    <w:rsid w:val="004046C9"/>
+    <w:rsid w:val="004050E1"/>
+    <w:rsid w:val="0040744A"/>
+    <w:rsid w:val="00411435"/>
+    <w:rsid w:val="004128B2"/>
+    <w:rsid w:val="00412E82"/>
+    <w:rsid w:val="00413356"/>
+    <w:rsid w:val="00414810"/>
+    <w:rsid w:val="004148AD"/>
+    <w:rsid w:val="00415347"/>
+    <w:rsid w:val="00416210"/>
+    <w:rsid w:val="00416220"/>
+    <w:rsid w:val="00416F0C"/>
+    <w:rsid w:val="00417176"/>
+    <w:rsid w:val="004214F1"/>
+    <w:rsid w:val="00421788"/>
+    <w:rsid w:val="0042255E"/>
+    <w:rsid w:val="00424011"/>
+    <w:rsid w:val="004301A5"/>
+    <w:rsid w:val="00431DB3"/>
+    <w:rsid w:val="00434E6B"/>
+    <w:rsid w:val="00436A20"/>
+    <w:rsid w:val="004373F0"/>
+    <w:rsid w:val="00437DA7"/>
+    <w:rsid w:val="004401AD"/>
+    <w:rsid w:val="00442D47"/>
+    <w:rsid w:val="004430B9"/>
+    <w:rsid w:val="00447230"/>
+    <w:rsid w:val="0044764F"/>
+    <w:rsid w:val="00447860"/>
+    <w:rsid w:val="00447F73"/>
+    <w:rsid w:val="00450ED4"/>
+    <w:rsid w:val="00451292"/>
+    <w:rsid w:val="00457886"/>
+    <w:rsid w:val="00457D09"/>
+    <w:rsid w:val="0046057F"/>
+    <w:rsid w:val="00460E67"/>
+    <w:rsid w:val="00463A7A"/>
+    <w:rsid w:val="0046570E"/>
+    <w:rsid w:val="00466878"/>
+    <w:rsid w:val="00470243"/>
+    <w:rsid w:val="004725F4"/>
+    <w:rsid w:val="00474880"/>
+    <w:rsid w:val="004768BD"/>
+    <w:rsid w:val="00476CAB"/>
+    <w:rsid w:val="00481DC8"/>
+    <w:rsid w:val="004853FE"/>
+    <w:rsid w:val="004856F9"/>
+    <w:rsid w:val="00486810"/>
+    <w:rsid w:val="00486CEC"/>
+    <w:rsid w:val="00486DFD"/>
+    <w:rsid w:val="00487E14"/>
+    <w:rsid w:val="00491902"/>
+    <w:rsid w:val="004948FD"/>
+    <w:rsid w:val="00494B8F"/>
+    <w:rsid w:val="00495253"/>
+    <w:rsid w:val="00495619"/>
+    <w:rsid w:val="00496297"/>
+    <w:rsid w:val="00496C52"/>
+    <w:rsid w:val="00497245"/>
+    <w:rsid w:val="004978F6"/>
+    <w:rsid w:val="004A2736"/>
+    <w:rsid w:val="004A336D"/>
+    <w:rsid w:val="004A351A"/>
+    <w:rsid w:val="004A43BD"/>
+    <w:rsid w:val="004A6651"/>
+    <w:rsid w:val="004A7AF4"/>
+    <w:rsid w:val="004B1296"/>
+    <w:rsid w:val="004B17F7"/>
+    <w:rsid w:val="004B1E55"/>
+    <w:rsid w:val="004B56E7"/>
+    <w:rsid w:val="004B6AD5"/>
+    <w:rsid w:val="004B6F0C"/>
+    <w:rsid w:val="004B7E68"/>
+    <w:rsid w:val="004B7FD9"/>
+    <w:rsid w:val="004C2682"/>
+    <w:rsid w:val="004C59CD"/>
+    <w:rsid w:val="004D188E"/>
+    <w:rsid w:val="004E00A3"/>
+    <w:rsid w:val="004E09C4"/>
+    <w:rsid w:val="004E13CF"/>
+    <w:rsid w:val="004E1509"/>
+    <w:rsid w:val="004E214A"/>
+    <w:rsid w:val="004E2B7E"/>
+    <w:rsid w:val="004E2F37"/>
+    <w:rsid w:val="004E5298"/>
+    <w:rsid w:val="004E6431"/>
+    <w:rsid w:val="004F09A8"/>
+    <w:rsid w:val="004F11C5"/>
+    <w:rsid w:val="004F160A"/>
+    <w:rsid w:val="004F653E"/>
+    <w:rsid w:val="004F7089"/>
+    <w:rsid w:val="004F72BC"/>
+    <w:rsid w:val="004F7CEB"/>
+    <w:rsid w:val="004F7E74"/>
+    <w:rsid w:val="0050013B"/>
+    <w:rsid w:val="00501151"/>
+    <w:rsid w:val="005030C6"/>
+    <w:rsid w:val="0050311B"/>
+    <w:rsid w:val="00504D39"/>
+    <w:rsid w:val="00505706"/>
+    <w:rsid w:val="00505DE5"/>
+    <w:rsid w:val="00507E6D"/>
+    <w:rsid w:val="0051084C"/>
+    <w:rsid w:val="005108B2"/>
+    <w:rsid w:val="00511E4A"/>
+    <w:rsid w:val="00512908"/>
+    <w:rsid w:val="00513D80"/>
+    <w:rsid w:val="0051441D"/>
+    <w:rsid w:val="0051479B"/>
+    <w:rsid w:val="00514B44"/>
+    <w:rsid w:val="00515F87"/>
+    <w:rsid w:val="00516365"/>
+    <w:rsid w:val="00516460"/>
+    <w:rsid w:val="005164BD"/>
+    <w:rsid w:val="0051688C"/>
+    <w:rsid w:val="00516A3F"/>
+    <w:rsid w:val="0051743D"/>
+    <w:rsid w:val="00521965"/>
+    <w:rsid w:val="0052287D"/>
+    <w:rsid w:val="005230D8"/>
+    <w:rsid w:val="0052633E"/>
+    <w:rsid w:val="0052661D"/>
+    <w:rsid w:val="00526C4E"/>
+    <w:rsid w:val="00531625"/>
+    <w:rsid w:val="00533566"/>
+    <w:rsid w:val="005339A7"/>
+    <w:rsid w:val="00534CE4"/>
+    <w:rsid w:val="0053544E"/>
+    <w:rsid w:val="005366CD"/>
+    <w:rsid w:val="00541318"/>
+    <w:rsid w:val="0054230F"/>
+    <w:rsid w:val="00543519"/>
+    <w:rsid w:val="0054363F"/>
+    <w:rsid w:val="00543C7B"/>
+    <w:rsid w:val="00544306"/>
+    <w:rsid w:val="005449A0"/>
+    <w:rsid w:val="00544BC4"/>
+    <w:rsid w:val="0054569E"/>
+    <w:rsid w:val="00547E1D"/>
+    <w:rsid w:val="0055021C"/>
+    <w:rsid w:val="00550C51"/>
+    <w:rsid w:val="00551142"/>
+    <w:rsid w:val="00554C2B"/>
+    <w:rsid w:val="00555A20"/>
+    <w:rsid w:val="00555BDB"/>
+    <w:rsid w:val="00556BF7"/>
+    <w:rsid w:val="00557A66"/>
+    <w:rsid w:val="00560E96"/>
+    <w:rsid w:val="00563826"/>
+    <w:rsid w:val="00564BA2"/>
+    <w:rsid w:val="00565EFA"/>
+    <w:rsid w:val="00566CAE"/>
+    <w:rsid w:val="00570CC4"/>
+    <w:rsid w:val="0057165F"/>
+    <w:rsid w:val="00571ABB"/>
+    <w:rsid w:val="00571C90"/>
+    <w:rsid w:val="00572624"/>
+    <w:rsid w:val="00573056"/>
+    <w:rsid w:val="0057348E"/>
+    <w:rsid w:val="005737B6"/>
+    <w:rsid w:val="00573E27"/>
+    <w:rsid w:val="0057628A"/>
+    <w:rsid w:val="005772F2"/>
+    <w:rsid w:val="0058014E"/>
+    <w:rsid w:val="00582328"/>
+    <w:rsid w:val="00583003"/>
+    <w:rsid w:val="00585587"/>
+    <w:rsid w:val="00586148"/>
+    <w:rsid w:val="00586560"/>
+    <w:rsid w:val="00586A58"/>
+    <w:rsid w:val="00586C7B"/>
+    <w:rsid w:val="005874E4"/>
+    <w:rsid w:val="00587FEB"/>
+    <w:rsid w:val="00591FB5"/>
+    <w:rsid w:val="00595CE4"/>
+    <w:rsid w:val="00595CEB"/>
+    <w:rsid w:val="005962D4"/>
+    <w:rsid w:val="00596C9A"/>
+    <w:rsid w:val="00596F92"/>
+    <w:rsid w:val="00597153"/>
+    <w:rsid w:val="005A127F"/>
+    <w:rsid w:val="005A14C1"/>
+    <w:rsid w:val="005A1DE1"/>
+    <w:rsid w:val="005A5750"/>
+    <w:rsid w:val="005A5C36"/>
+    <w:rsid w:val="005A5C75"/>
+    <w:rsid w:val="005A6842"/>
+    <w:rsid w:val="005B1557"/>
+    <w:rsid w:val="005B2292"/>
+    <w:rsid w:val="005B3C47"/>
+    <w:rsid w:val="005B4184"/>
+    <w:rsid w:val="005B4781"/>
+    <w:rsid w:val="005B55BC"/>
+    <w:rsid w:val="005B57B7"/>
+    <w:rsid w:val="005B5F11"/>
+    <w:rsid w:val="005B6C0F"/>
+    <w:rsid w:val="005B729F"/>
+    <w:rsid w:val="005C0674"/>
+    <w:rsid w:val="005C4322"/>
+    <w:rsid w:val="005C6725"/>
+    <w:rsid w:val="005C7844"/>
+    <w:rsid w:val="005D130B"/>
+    <w:rsid w:val="005D1CA7"/>
+    <w:rsid w:val="005D25F4"/>
+    <w:rsid w:val="005D2820"/>
+    <w:rsid w:val="005D3435"/>
+    <w:rsid w:val="005D6FEE"/>
+    <w:rsid w:val="005D7B21"/>
+    <w:rsid w:val="005D7E61"/>
+    <w:rsid w:val="005E2131"/>
+    <w:rsid w:val="005E2615"/>
+    <w:rsid w:val="005E326A"/>
+    <w:rsid w:val="005E400F"/>
+    <w:rsid w:val="005E474D"/>
+    <w:rsid w:val="005E68B0"/>
+    <w:rsid w:val="005F00D5"/>
+    <w:rsid w:val="005F0309"/>
+    <w:rsid w:val="005F0926"/>
+    <w:rsid w:val="005F2EF3"/>
+    <w:rsid w:val="006006CD"/>
+    <w:rsid w:val="00600860"/>
+    <w:rsid w:val="00601BA9"/>
+    <w:rsid w:val="00604818"/>
+    <w:rsid w:val="00605F20"/>
+    <w:rsid w:val="006132EB"/>
+    <w:rsid w:val="00613D66"/>
+    <w:rsid w:val="006169AE"/>
+    <w:rsid w:val="00620A28"/>
+    <w:rsid w:val="00621FDE"/>
+    <w:rsid w:val="006242A1"/>
+    <w:rsid w:val="00624CF0"/>
+    <w:rsid w:val="0062538E"/>
+    <w:rsid w:val="00626003"/>
+    <w:rsid w:val="00626196"/>
+    <w:rsid w:val="00626326"/>
+    <w:rsid w:val="00626398"/>
+    <w:rsid w:val="0063073B"/>
+    <w:rsid w:val="006316F2"/>
+    <w:rsid w:val="00632EC9"/>
+    <w:rsid w:val="00633C7C"/>
+    <w:rsid w:val="006346D7"/>
+    <w:rsid w:val="00634AD6"/>
+    <w:rsid w:val="0063744C"/>
+    <w:rsid w:val="0064064F"/>
+    <w:rsid w:val="006433C1"/>
+    <w:rsid w:val="006439D2"/>
+    <w:rsid w:val="00645E01"/>
+    <w:rsid w:val="00646142"/>
+    <w:rsid w:val="00651321"/>
+    <w:rsid w:val="00651EAA"/>
+    <w:rsid w:val="0065232C"/>
+    <w:rsid w:val="00652A0F"/>
+    <w:rsid w:val="00653087"/>
+    <w:rsid w:val="006545E9"/>
+    <w:rsid w:val="00656714"/>
+    <w:rsid w:val="006571F9"/>
+    <w:rsid w:val="00661C0C"/>
+    <w:rsid w:val="0066204D"/>
+    <w:rsid w:val="006622E0"/>
+    <w:rsid w:val="00663A7F"/>
+    <w:rsid w:val="00666C80"/>
+    <w:rsid w:val="00670237"/>
+    <w:rsid w:val="006714C0"/>
+    <w:rsid w:val="006715A5"/>
+    <w:rsid w:val="00671908"/>
+    <w:rsid w:val="00673605"/>
+    <w:rsid w:val="00674552"/>
+    <w:rsid w:val="006753CD"/>
+    <w:rsid w:val="00676884"/>
+    <w:rsid w:val="00682C6A"/>
+    <w:rsid w:val="00683EF7"/>
+    <w:rsid w:val="00686FD5"/>
+    <w:rsid w:val="006873CB"/>
+    <w:rsid w:val="00687562"/>
+    <w:rsid w:val="00687FBD"/>
+    <w:rsid w:val="006913DE"/>
+    <w:rsid w:val="00692263"/>
+    <w:rsid w:val="00692D08"/>
+    <w:rsid w:val="00692ED2"/>
+    <w:rsid w:val="006933A8"/>
+    <w:rsid w:val="00693DA8"/>
+    <w:rsid w:val="006971FD"/>
+    <w:rsid w:val="006A0154"/>
+    <w:rsid w:val="006A0451"/>
+    <w:rsid w:val="006A130C"/>
+    <w:rsid w:val="006A479A"/>
+    <w:rsid w:val="006A6E66"/>
+    <w:rsid w:val="006A725A"/>
+    <w:rsid w:val="006B1862"/>
+    <w:rsid w:val="006B2972"/>
+    <w:rsid w:val="006B3755"/>
+    <w:rsid w:val="006B382B"/>
+    <w:rsid w:val="006B4A89"/>
+    <w:rsid w:val="006B4AEE"/>
+    <w:rsid w:val="006B5D4F"/>
+    <w:rsid w:val="006B708D"/>
+    <w:rsid w:val="006C0371"/>
+    <w:rsid w:val="006C155B"/>
+    <w:rsid w:val="006C251B"/>
+    <w:rsid w:val="006C2EDF"/>
+    <w:rsid w:val="006C3227"/>
+    <w:rsid w:val="006C4E80"/>
+    <w:rsid w:val="006C5346"/>
+    <w:rsid w:val="006C5967"/>
+    <w:rsid w:val="006C6696"/>
+    <w:rsid w:val="006C6E7C"/>
+    <w:rsid w:val="006D1BB1"/>
+    <w:rsid w:val="006D2400"/>
+    <w:rsid w:val="006D4FF8"/>
+    <w:rsid w:val="006D673B"/>
+    <w:rsid w:val="006D6ACD"/>
+    <w:rsid w:val="006E05DA"/>
+    <w:rsid w:val="006E0759"/>
+    <w:rsid w:val="006E134D"/>
+    <w:rsid w:val="006E200C"/>
+    <w:rsid w:val="006E4826"/>
+    <w:rsid w:val="006E4950"/>
+    <w:rsid w:val="006E4A7E"/>
+    <w:rsid w:val="006E59BD"/>
+    <w:rsid w:val="006E669F"/>
+    <w:rsid w:val="006E7BCC"/>
+    <w:rsid w:val="006F027F"/>
+    <w:rsid w:val="006F18B3"/>
+    <w:rsid w:val="006F1E47"/>
+    <w:rsid w:val="006F2914"/>
+    <w:rsid w:val="006F3BD7"/>
+    <w:rsid w:val="006F56A4"/>
+    <w:rsid w:val="006F69BA"/>
+    <w:rsid w:val="006F7EB1"/>
+    <w:rsid w:val="00700F1B"/>
+    <w:rsid w:val="00701394"/>
+    <w:rsid w:val="00703411"/>
+    <w:rsid w:val="00703722"/>
+    <w:rsid w:val="00703E48"/>
+    <w:rsid w:val="00703F87"/>
+    <w:rsid w:val="00706CAE"/>
+    <w:rsid w:val="00710EDA"/>
+    <w:rsid w:val="0071550A"/>
+    <w:rsid w:val="00716A42"/>
+    <w:rsid w:val="00716B1C"/>
+    <w:rsid w:val="00717771"/>
+    <w:rsid w:val="007179A7"/>
+    <w:rsid w:val="0072166A"/>
+    <w:rsid w:val="00722B24"/>
+    <w:rsid w:val="007249E6"/>
+    <w:rsid w:val="00726518"/>
+    <w:rsid w:val="00727903"/>
+    <w:rsid w:val="00730627"/>
+    <w:rsid w:val="00730EB0"/>
+    <w:rsid w:val="00731BDA"/>
+    <w:rsid w:val="00732C85"/>
+    <w:rsid w:val="007334B2"/>
+    <w:rsid w:val="00734078"/>
+    <w:rsid w:val="00734A09"/>
+    <w:rsid w:val="0073574A"/>
+    <w:rsid w:val="00737C78"/>
+    <w:rsid w:val="0074039C"/>
+    <w:rsid w:val="007410C6"/>
+    <w:rsid w:val="007427B9"/>
+    <w:rsid w:val="00744D6A"/>
+    <w:rsid w:val="00745E5D"/>
+    <w:rsid w:val="00746667"/>
+    <w:rsid w:val="00753AA7"/>
+    <w:rsid w:val="00754994"/>
+    <w:rsid w:val="00757BDC"/>
+    <w:rsid w:val="00763537"/>
+    <w:rsid w:val="007639B0"/>
+    <w:rsid w:val="00763F8C"/>
+    <w:rsid w:val="00765FA6"/>
+    <w:rsid w:val="00766E17"/>
+    <w:rsid w:val="0076716A"/>
+    <w:rsid w:val="007715CB"/>
+    <w:rsid w:val="00772485"/>
+    <w:rsid w:val="00772793"/>
+    <w:rsid w:val="00773FDB"/>
+    <w:rsid w:val="00776386"/>
+    <w:rsid w:val="00776537"/>
+    <w:rsid w:val="007807A7"/>
+    <w:rsid w:val="00780FA6"/>
+    <w:rsid w:val="007817FA"/>
+    <w:rsid w:val="00786CEA"/>
+    <w:rsid w:val="007873CC"/>
+    <w:rsid w:val="007916D3"/>
+    <w:rsid w:val="007927D5"/>
+    <w:rsid w:val="00793A3F"/>
+    <w:rsid w:val="007A1896"/>
+    <w:rsid w:val="007A1BF9"/>
+    <w:rsid w:val="007A5BA8"/>
+    <w:rsid w:val="007A5CD9"/>
+    <w:rsid w:val="007B0B31"/>
+    <w:rsid w:val="007B22C7"/>
+    <w:rsid w:val="007B238A"/>
+    <w:rsid w:val="007B2397"/>
+    <w:rsid w:val="007B3BC5"/>
+    <w:rsid w:val="007B3CB2"/>
+    <w:rsid w:val="007B4CE3"/>
+    <w:rsid w:val="007B57E4"/>
+    <w:rsid w:val="007B6AC6"/>
+    <w:rsid w:val="007B7C55"/>
+    <w:rsid w:val="007C0648"/>
+    <w:rsid w:val="007C0CCA"/>
+    <w:rsid w:val="007C17FE"/>
+    <w:rsid w:val="007C2B21"/>
+    <w:rsid w:val="007C5E80"/>
+    <w:rsid w:val="007C71A6"/>
+    <w:rsid w:val="007D04A1"/>
+    <w:rsid w:val="007D112D"/>
+    <w:rsid w:val="007D1D2A"/>
+    <w:rsid w:val="007D1E56"/>
+    <w:rsid w:val="007D3E72"/>
+    <w:rsid w:val="007D4628"/>
+    <w:rsid w:val="007D51D3"/>
+    <w:rsid w:val="007D5630"/>
+    <w:rsid w:val="007D5DBF"/>
+    <w:rsid w:val="007D7536"/>
+    <w:rsid w:val="007D7652"/>
+    <w:rsid w:val="007D7683"/>
+    <w:rsid w:val="007E0375"/>
+    <w:rsid w:val="007E06DD"/>
+    <w:rsid w:val="007E0B3D"/>
+    <w:rsid w:val="007E205B"/>
+    <w:rsid w:val="007E2A21"/>
+    <w:rsid w:val="007E4871"/>
+    <w:rsid w:val="007E744B"/>
+    <w:rsid w:val="007E771A"/>
+    <w:rsid w:val="007E7AB6"/>
+    <w:rsid w:val="007E7BCD"/>
+    <w:rsid w:val="007F02A1"/>
+    <w:rsid w:val="007F2071"/>
+    <w:rsid w:val="007F214E"/>
+    <w:rsid w:val="007F282D"/>
+    <w:rsid w:val="007F2D7D"/>
+    <w:rsid w:val="007F35AE"/>
+    <w:rsid w:val="007F4152"/>
+    <w:rsid w:val="007F41A4"/>
+    <w:rsid w:val="007F4652"/>
+    <w:rsid w:val="007F468A"/>
+    <w:rsid w:val="007F5597"/>
+    <w:rsid w:val="007F5D87"/>
+    <w:rsid w:val="007F7252"/>
+    <w:rsid w:val="007F7281"/>
+    <w:rsid w:val="007F7D28"/>
+    <w:rsid w:val="0080211E"/>
+    <w:rsid w:val="00804D73"/>
+    <w:rsid w:val="008056EA"/>
+    <w:rsid w:val="00810F75"/>
+    <w:rsid w:val="00813352"/>
+    <w:rsid w:val="00815027"/>
+    <w:rsid w:val="00817B49"/>
+    <w:rsid w:val="00817C19"/>
+    <w:rsid w:val="00822145"/>
+    <w:rsid w:val="00822F93"/>
+    <w:rsid w:val="0082318F"/>
+    <w:rsid w:val="00823E2A"/>
+    <w:rsid w:val="00824031"/>
+    <w:rsid w:val="008256D3"/>
+    <w:rsid w:val="00830D5F"/>
+    <w:rsid w:val="008333EF"/>
+    <w:rsid w:val="008337BE"/>
+    <w:rsid w:val="00834A85"/>
+    <w:rsid w:val="00840180"/>
+    <w:rsid w:val="00842310"/>
+    <w:rsid w:val="0084254D"/>
+    <w:rsid w:val="00842FFC"/>
+    <w:rsid w:val="0085025C"/>
+    <w:rsid w:val="00852161"/>
+    <w:rsid w:val="00853D21"/>
+    <w:rsid w:val="00855073"/>
+    <w:rsid w:val="00861154"/>
+    <w:rsid w:val="0086226D"/>
+    <w:rsid w:val="0086496C"/>
+    <w:rsid w:val="00864D82"/>
+    <w:rsid w:val="00867976"/>
+    <w:rsid w:val="0087007D"/>
+    <w:rsid w:val="0087024B"/>
+    <w:rsid w:val="00871FF0"/>
+    <w:rsid w:val="0087218D"/>
+    <w:rsid w:val="008721C0"/>
+    <w:rsid w:val="00873F27"/>
+    <w:rsid w:val="0087513B"/>
+    <w:rsid w:val="0087533F"/>
+    <w:rsid w:val="00875955"/>
+    <w:rsid w:val="0087646F"/>
+    <w:rsid w:val="0088169B"/>
+    <w:rsid w:val="008821B9"/>
+    <w:rsid w:val="008830F9"/>
+    <w:rsid w:val="008834E6"/>
+    <w:rsid w:val="00883E51"/>
+    <w:rsid w:val="008858FC"/>
+    <w:rsid w:val="00886652"/>
+    <w:rsid w:val="00887651"/>
+    <w:rsid w:val="00887894"/>
+    <w:rsid w:val="00887C58"/>
+    <w:rsid w:val="008922CC"/>
+    <w:rsid w:val="008926EC"/>
+    <w:rsid w:val="00896449"/>
+    <w:rsid w:val="00896472"/>
+    <w:rsid w:val="00896F48"/>
+    <w:rsid w:val="00897712"/>
+    <w:rsid w:val="008A0F36"/>
+    <w:rsid w:val="008A5181"/>
+    <w:rsid w:val="008A5E94"/>
+    <w:rsid w:val="008A7BE3"/>
+    <w:rsid w:val="008B1564"/>
+    <w:rsid w:val="008B244A"/>
+    <w:rsid w:val="008B2562"/>
+    <w:rsid w:val="008B32D7"/>
+    <w:rsid w:val="008B3F3A"/>
+    <w:rsid w:val="008B5A8E"/>
+    <w:rsid w:val="008B640E"/>
+    <w:rsid w:val="008B6DA5"/>
+    <w:rsid w:val="008B6E33"/>
+    <w:rsid w:val="008B75FB"/>
+    <w:rsid w:val="008C191E"/>
+    <w:rsid w:val="008C2133"/>
+    <w:rsid w:val="008C66F9"/>
+    <w:rsid w:val="008C68CE"/>
+    <w:rsid w:val="008C6EEF"/>
+    <w:rsid w:val="008C7621"/>
+    <w:rsid w:val="008C7C24"/>
+    <w:rsid w:val="008D22AD"/>
+    <w:rsid w:val="008D2813"/>
+    <w:rsid w:val="008D3D8D"/>
+    <w:rsid w:val="008D4865"/>
+    <w:rsid w:val="008D7F7A"/>
+    <w:rsid w:val="008E11EA"/>
+    <w:rsid w:val="008E1473"/>
+    <w:rsid w:val="008E2B26"/>
+    <w:rsid w:val="008E4C00"/>
+    <w:rsid w:val="008E6511"/>
+    <w:rsid w:val="008E6F98"/>
+    <w:rsid w:val="008E76FB"/>
+    <w:rsid w:val="008E7C7B"/>
+    <w:rsid w:val="008F0916"/>
+    <w:rsid w:val="008F1CC5"/>
+    <w:rsid w:val="008F33F1"/>
+    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F6BE7"/>
+    <w:rsid w:val="0090018C"/>
+    <w:rsid w:val="009012D8"/>
+    <w:rsid w:val="00911F7B"/>
+    <w:rsid w:val="00913C15"/>
+    <w:rsid w:val="009164CC"/>
+    <w:rsid w:val="00916931"/>
+    <w:rsid w:val="009203B9"/>
+    <w:rsid w:val="00920C66"/>
+    <w:rsid w:val="0092134D"/>
+    <w:rsid w:val="00922860"/>
+    <w:rsid w:val="00923435"/>
+    <w:rsid w:val="00923C4C"/>
+    <w:rsid w:val="00923F12"/>
+    <w:rsid w:val="00924817"/>
+    <w:rsid w:val="00924855"/>
+    <w:rsid w:val="00924A2F"/>
+    <w:rsid w:val="00931163"/>
+    <w:rsid w:val="00931592"/>
+    <w:rsid w:val="00931E98"/>
+    <w:rsid w:val="00934495"/>
+    <w:rsid w:val="00935023"/>
+    <w:rsid w:val="00936176"/>
+    <w:rsid w:val="0094088E"/>
+    <w:rsid w:val="009438C6"/>
+    <w:rsid w:val="009448E1"/>
+    <w:rsid w:val="00944B5B"/>
+    <w:rsid w:val="009471FD"/>
+    <w:rsid w:val="009473A8"/>
+    <w:rsid w:val="00951401"/>
+    <w:rsid w:val="00955717"/>
+    <w:rsid w:val="00956146"/>
+    <w:rsid w:val="00956CAB"/>
+    <w:rsid w:val="009576E2"/>
+    <w:rsid w:val="00960035"/>
+    <w:rsid w:val="009613F3"/>
+    <w:rsid w:val="00963590"/>
+    <w:rsid w:val="00964DEC"/>
+    <w:rsid w:val="00966D7A"/>
+    <w:rsid w:val="00970089"/>
+    <w:rsid w:val="0097083B"/>
+    <w:rsid w:val="00970CEB"/>
+    <w:rsid w:val="009717DC"/>
+    <w:rsid w:val="00972BE9"/>
+    <w:rsid w:val="00975132"/>
+    <w:rsid w:val="0097526A"/>
+    <w:rsid w:val="00976563"/>
+    <w:rsid w:val="00976668"/>
+    <w:rsid w:val="00977AA2"/>
+    <w:rsid w:val="00980305"/>
+    <w:rsid w:val="0098053D"/>
+    <w:rsid w:val="00981DF8"/>
+    <w:rsid w:val="00983A55"/>
+    <w:rsid w:val="0098485D"/>
+    <w:rsid w:val="00985012"/>
+    <w:rsid w:val="00986A8C"/>
+    <w:rsid w:val="00990F1E"/>
+    <w:rsid w:val="0099180D"/>
+    <w:rsid w:val="00991A78"/>
+    <w:rsid w:val="0099218E"/>
+    <w:rsid w:val="00992C7E"/>
+    <w:rsid w:val="0099444A"/>
+    <w:rsid w:val="0099646D"/>
+    <w:rsid w:val="0099652E"/>
+    <w:rsid w:val="009973B2"/>
+    <w:rsid w:val="009979C3"/>
+    <w:rsid w:val="009A0421"/>
+    <w:rsid w:val="009A29B6"/>
+    <w:rsid w:val="009A2D25"/>
+    <w:rsid w:val="009A2E3B"/>
+    <w:rsid w:val="009A4F49"/>
+    <w:rsid w:val="009B20E5"/>
+    <w:rsid w:val="009B2E11"/>
+    <w:rsid w:val="009B30E9"/>
+    <w:rsid w:val="009B3493"/>
+    <w:rsid w:val="009B600A"/>
+    <w:rsid w:val="009B6BFE"/>
+    <w:rsid w:val="009C2C8C"/>
+    <w:rsid w:val="009C3DA5"/>
+    <w:rsid w:val="009C4B97"/>
+    <w:rsid w:val="009D08EB"/>
+    <w:rsid w:val="009D2459"/>
+    <w:rsid w:val="009D2BAE"/>
+    <w:rsid w:val="009D375F"/>
+    <w:rsid w:val="009D4FA4"/>
+    <w:rsid w:val="009E00B5"/>
+    <w:rsid w:val="009E1603"/>
+    <w:rsid w:val="009E1A1B"/>
+    <w:rsid w:val="009E209A"/>
+    <w:rsid w:val="009E3070"/>
+    <w:rsid w:val="009E3853"/>
+    <w:rsid w:val="009E44BE"/>
+    <w:rsid w:val="009E4CC9"/>
+    <w:rsid w:val="009E5102"/>
+    <w:rsid w:val="009E5223"/>
+    <w:rsid w:val="009E6949"/>
+    <w:rsid w:val="009F0F04"/>
+    <w:rsid w:val="009F14BB"/>
+    <w:rsid w:val="009F1569"/>
+    <w:rsid w:val="009F1B61"/>
+    <w:rsid w:val="009F2FBA"/>
+    <w:rsid w:val="009F39E2"/>
+    <w:rsid w:val="009F52A3"/>
+    <w:rsid w:val="009F5791"/>
+    <w:rsid w:val="009F6CFD"/>
+    <w:rsid w:val="009F7467"/>
+    <w:rsid w:val="009F76C9"/>
+    <w:rsid w:val="00A00056"/>
+    <w:rsid w:val="00A01130"/>
+    <w:rsid w:val="00A04D36"/>
+    <w:rsid w:val="00A04DF1"/>
+    <w:rsid w:val="00A04F2F"/>
+    <w:rsid w:val="00A057DA"/>
+    <w:rsid w:val="00A05C62"/>
+    <w:rsid w:val="00A0640A"/>
+    <w:rsid w:val="00A06459"/>
+    <w:rsid w:val="00A07A3E"/>
+    <w:rsid w:val="00A07E6A"/>
+    <w:rsid w:val="00A1117E"/>
+    <w:rsid w:val="00A11D46"/>
+    <w:rsid w:val="00A166B0"/>
+    <w:rsid w:val="00A168EF"/>
+    <w:rsid w:val="00A1797C"/>
+    <w:rsid w:val="00A2106C"/>
+    <w:rsid w:val="00A21D9E"/>
+    <w:rsid w:val="00A22DCF"/>
+    <w:rsid w:val="00A24B28"/>
+    <w:rsid w:val="00A2542E"/>
+    <w:rsid w:val="00A25585"/>
+    <w:rsid w:val="00A25A86"/>
+    <w:rsid w:val="00A26180"/>
+    <w:rsid w:val="00A26496"/>
+    <w:rsid w:val="00A308E3"/>
+    <w:rsid w:val="00A316F2"/>
+    <w:rsid w:val="00A31EF7"/>
+    <w:rsid w:val="00A32043"/>
+    <w:rsid w:val="00A33F97"/>
+    <w:rsid w:val="00A358A4"/>
+    <w:rsid w:val="00A408F6"/>
+    <w:rsid w:val="00A41503"/>
+    <w:rsid w:val="00A421A4"/>
+    <w:rsid w:val="00A42353"/>
+    <w:rsid w:val="00A42CA8"/>
+    <w:rsid w:val="00A45642"/>
+    <w:rsid w:val="00A47843"/>
+    <w:rsid w:val="00A50F12"/>
+    <w:rsid w:val="00A51246"/>
+    <w:rsid w:val="00A514AE"/>
+    <w:rsid w:val="00A53D1F"/>
+    <w:rsid w:val="00A55EE5"/>
+    <w:rsid w:val="00A57435"/>
+    <w:rsid w:val="00A61A7C"/>
+    <w:rsid w:val="00A64DD4"/>
+    <w:rsid w:val="00A650A9"/>
+    <w:rsid w:val="00A65301"/>
+    <w:rsid w:val="00A67EE3"/>
+    <w:rsid w:val="00A67F67"/>
+    <w:rsid w:val="00A76530"/>
+    <w:rsid w:val="00A777B1"/>
+    <w:rsid w:val="00A77F01"/>
+    <w:rsid w:val="00A80120"/>
+    <w:rsid w:val="00A844AA"/>
+    <w:rsid w:val="00A849A4"/>
+    <w:rsid w:val="00A869BF"/>
+    <w:rsid w:val="00A9038C"/>
+    <w:rsid w:val="00A909BC"/>
+    <w:rsid w:val="00A90FCF"/>
+    <w:rsid w:val="00A922BB"/>
+    <w:rsid w:val="00A9271B"/>
+    <w:rsid w:val="00A93C3A"/>
+    <w:rsid w:val="00A960A3"/>
+    <w:rsid w:val="00A97E87"/>
+    <w:rsid w:val="00AA004D"/>
+    <w:rsid w:val="00AA4F6C"/>
+    <w:rsid w:val="00AA5CCB"/>
+    <w:rsid w:val="00AA65FB"/>
+    <w:rsid w:val="00AA7495"/>
+    <w:rsid w:val="00AB095D"/>
+    <w:rsid w:val="00AB1909"/>
+    <w:rsid w:val="00AB1F19"/>
+    <w:rsid w:val="00AB252D"/>
+    <w:rsid w:val="00AB2A3E"/>
+    <w:rsid w:val="00AB3944"/>
+    <w:rsid w:val="00AB50E6"/>
+    <w:rsid w:val="00AB651F"/>
+    <w:rsid w:val="00AC22A4"/>
+    <w:rsid w:val="00AC7F7F"/>
+    <w:rsid w:val="00AC7F81"/>
+    <w:rsid w:val="00AD1511"/>
+    <w:rsid w:val="00AD2BD4"/>
+    <w:rsid w:val="00AD3BF4"/>
+    <w:rsid w:val="00AD4EBE"/>
+    <w:rsid w:val="00AD6E92"/>
+    <w:rsid w:val="00AE08DB"/>
+    <w:rsid w:val="00AE0E88"/>
+    <w:rsid w:val="00AE3641"/>
+    <w:rsid w:val="00AE4252"/>
+    <w:rsid w:val="00AE674E"/>
+    <w:rsid w:val="00AF0BC4"/>
+    <w:rsid w:val="00AF10B6"/>
+    <w:rsid w:val="00AF11FB"/>
+    <w:rsid w:val="00AF1A63"/>
+    <w:rsid w:val="00AF4479"/>
+    <w:rsid w:val="00AF4D0E"/>
+    <w:rsid w:val="00AF58ED"/>
+    <w:rsid w:val="00AF5C1C"/>
+    <w:rsid w:val="00AF6713"/>
+    <w:rsid w:val="00B02425"/>
+    <w:rsid w:val="00B034AE"/>
+    <w:rsid w:val="00B03F43"/>
+    <w:rsid w:val="00B06E82"/>
+    <w:rsid w:val="00B07042"/>
+    <w:rsid w:val="00B10DFD"/>
+    <w:rsid w:val="00B1251E"/>
+    <w:rsid w:val="00B13A27"/>
+    <w:rsid w:val="00B14FCC"/>
+    <w:rsid w:val="00B1553D"/>
+    <w:rsid w:val="00B17234"/>
+    <w:rsid w:val="00B20267"/>
+    <w:rsid w:val="00B22B15"/>
+    <w:rsid w:val="00B22CD5"/>
+    <w:rsid w:val="00B2365A"/>
+    <w:rsid w:val="00B24B15"/>
+    <w:rsid w:val="00B24BBC"/>
+    <w:rsid w:val="00B25122"/>
+    <w:rsid w:val="00B255E9"/>
+    <w:rsid w:val="00B25DC4"/>
+    <w:rsid w:val="00B25F26"/>
+    <w:rsid w:val="00B26A33"/>
+    <w:rsid w:val="00B3204D"/>
+    <w:rsid w:val="00B34E94"/>
+    <w:rsid w:val="00B3767C"/>
+    <w:rsid w:val="00B40A76"/>
+    <w:rsid w:val="00B40ADB"/>
+    <w:rsid w:val="00B41B0F"/>
+    <w:rsid w:val="00B4368F"/>
+    <w:rsid w:val="00B43D2A"/>
+    <w:rsid w:val="00B44CDE"/>
+    <w:rsid w:val="00B46041"/>
+    <w:rsid w:val="00B5045E"/>
+    <w:rsid w:val="00B508E7"/>
+    <w:rsid w:val="00B56B31"/>
+    <w:rsid w:val="00B6021A"/>
+    <w:rsid w:val="00B60995"/>
+    <w:rsid w:val="00B609BE"/>
+    <w:rsid w:val="00B60E93"/>
+    <w:rsid w:val="00B6139F"/>
+    <w:rsid w:val="00B61A1B"/>
+    <w:rsid w:val="00B66700"/>
+    <w:rsid w:val="00B66E42"/>
+    <w:rsid w:val="00B7060D"/>
+    <w:rsid w:val="00B71EF3"/>
+    <w:rsid w:val="00B72F9D"/>
+    <w:rsid w:val="00B732B6"/>
+    <w:rsid w:val="00B76348"/>
+    <w:rsid w:val="00B76C37"/>
+    <w:rsid w:val="00B76EA7"/>
+    <w:rsid w:val="00B777E8"/>
+    <w:rsid w:val="00B77BB9"/>
+    <w:rsid w:val="00B80098"/>
+    <w:rsid w:val="00B806E9"/>
+    <w:rsid w:val="00B814D3"/>
+    <w:rsid w:val="00B81793"/>
+    <w:rsid w:val="00B81E23"/>
+    <w:rsid w:val="00B83274"/>
+    <w:rsid w:val="00B838BE"/>
+    <w:rsid w:val="00B87D68"/>
+    <w:rsid w:val="00B90498"/>
+    <w:rsid w:val="00B91210"/>
+    <w:rsid w:val="00B9444B"/>
+    <w:rsid w:val="00B95DAC"/>
+    <w:rsid w:val="00B961FE"/>
+    <w:rsid w:val="00B96648"/>
+    <w:rsid w:val="00B9717E"/>
+    <w:rsid w:val="00B9721E"/>
+    <w:rsid w:val="00B97A92"/>
+    <w:rsid w:val="00B97D82"/>
+    <w:rsid w:val="00B97EE5"/>
+    <w:rsid w:val="00BA1BA2"/>
+    <w:rsid w:val="00BA494F"/>
+    <w:rsid w:val="00BA5832"/>
+    <w:rsid w:val="00BA650D"/>
+    <w:rsid w:val="00BA7036"/>
+    <w:rsid w:val="00BA763B"/>
+    <w:rsid w:val="00BB1FDA"/>
+    <w:rsid w:val="00BB28D1"/>
+    <w:rsid w:val="00BB2943"/>
+    <w:rsid w:val="00BB3B4E"/>
+    <w:rsid w:val="00BB6C96"/>
+    <w:rsid w:val="00BB6CBF"/>
+    <w:rsid w:val="00BC00EA"/>
+    <w:rsid w:val="00BC08D1"/>
+    <w:rsid w:val="00BC2240"/>
+    <w:rsid w:val="00BC286A"/>
+    <w:rsid w:val="00BC2FAB"/>
+    <w:rsid w:val="00BC3A69"/>
+    <w:rsid w:val="00BC73CB"/>
+    <w:rsid w:val="00BC79D2"/>
+    <w:rsid w:val="00BD13E2"/>
+    <w:rsid w:val="00BD1A5C"/>
+    <w:rsid w:val="00BD25DF"/>
+    <w:rsid w:val="00BD29E0"/>
+    <w:rsid w:val="00BD2C9C"/>
+    <w:rsid w:val="00BD424B"/>
+    <w:rsid w:val="00BD578B"/>
+    <w:rsid w:val="00BD5CD3"/>
+    <w:rsid w:val="00BE0B56"/>
+    <w:rsid w:val="00BE13F6"/>
+    <w:rsid w:val="00BE39AB"/>
+    <w:rsid w:val="00BE43CB"/>
+    <w:rsid w:val="00BE494F"/>
+    <w:rsid w:val="00BF1272"/>
+    <w:rsid w:val="00BF1C77"/>
+    <w:rsid w:val="00BF2155"/>
+    <w:rsid w:val="00BF2287"/>
+    <w:rsid w:val="00C00A8A"/>
+    <w:rsid w:val="00C01287"/>
+    <w:rsid w:val="00C01A4D"/>
+    <w:rsid w:val="00C0278A"/>
+    <w:rsid w:val="00C048E4"/>
+    <w:rsid w:val="00C0567F"/>
+    <w:rsid w:val="00C059C4"/>
+    <w:rsid w:val="00C061D9"/>
+    <w:rsid w:val="00C0751B"/>
+    <w:rsid w:val="00C10DC9"/>
+    <w:rsid w:val="00C11063"/>
+    <w:rsid w:val="00C14FEC"/>
+    <w:rsid w:val="00C16DBC"/>
+    <w:rsid w:val="00C208FC"/>
+    <w:rsid w:val="00C20AA5"/>
+    <w:rsid w:val="00C20F98"/>
+    <w:rsid w:val="00C23B0A"/>
+    <w:rsid w:val="00C24819"/>
+    <w:rsid w:val="00C2760B"/>
+    <w:rsid w:val="00C27BA8"/>
+    <w:rsid w:val="00C30B25"/>
+    <w:rsid w:val="00C31AE6"/>
+    <w:rsid w:val="00C34BE9"/>
+    <w:rsid w:val="00C41235"/>
+    <w:rsid w:val="00C41373"/>
+    <w:rsid w:val="00C43664"/>
+    <w:rsid w:val="00C44C49"/>
+    <w:rsid w:val="00C44DD2"/>
+    <w:rsid w:val="00C45091"/>
+    <w:rsid w:val="00C4524C"/>
+    <w:rsid w:val="00C5052A"/>
+    <w:rsid w:val="00C511C9"/>
+    <w:rsid w:val="00C5284B"/>
+    <w:rsid w:val="00C528F2"/>
+    <w:rsid w:val="00C52EA6"/>
+    <w:rsid w:val="00C5663A"/>
+    <w:rsid w:val="00C60060"/>
+    <w:rsid w:val="00C61BD4"/>
+    <w:rsid w:val="00C65729"/>
+    <w:rsid w:val="00C662CC"/>
+    <w:rsid w:val="00C67E7B"/>
+    <w:rsid w:val="00C71B80"/>
+    <w:rsid w:val="00C7336A"/>
+    <w:rsid w:val="00C74784"/>
+    <w:rsid w:val="00C74FF4"/>
+    <w:rsid w:val="00C75326"/>
+    <w:rsid w:val="00C76141"/>
+    <w:rsid w:val="00C76B4B"/>
+    <w:rsid w:val="00C76B54"/>
+    <w:rsid w:val="00C7740A"/>
+    <w:rsid w:val="00C80F97"/>
+    <w:rsid w:val="00C8446C"/>
+    <w:rsid w:val="00C8656D"/>
+    <w:rsid w:val="00C90593"/>
+    <w:rsid w:val="00C9085B"/>
+    <w:rsid w:val="00C91F94"/>
+    <w:rsid w:val="00C93351"/>
+    <w:rsid w:val="00C966E5"/>
+    <w:rsid w:val="00CA005F"/>
+    <w:rsid w:val="00CA0434"/>
+    <w:rsid w:val="00CA0BC0"/>
+    <w:rsid w:val="00CA1A19"/>
+    <w:rsid w:val="00CA4BF5"/>
+    <w:rsid w:val="00CA51A0"/>
+    <w:rsid w:val="00CA549A"/>
+    <w:rsid w:val="00CA55F3"/>
+    <w:rsid w:val="00CA61D2"/>
+    <w:rsid w:val="00CA6F70"/>
+    <w:rsid w:val="00CA733A"/>
+    <w:rsid w:val="00CB0821"/>
+    <w:rsid w:val="00CB0FEF"/>
+    <w:rsid w:val="00CB329E"/>
+    <w:rsid w:val="00CB34E9"/>
+    <w:rsid w:val="00CB5628"/>
+    <w:rsid w:val="00CB5BD0"/>
+    <w:rsid w:val="00CB6525"/>
+    <w:rsid w:val="00CB7D1C"/>
+    <w:rsid w:val="00CC40C5"/>
+    <w:rsid w:val="00CC4668"/>
+    <w:rsid w:val="00CC6130"/>
+    <w:rsid w:val="00CC6A55"/>
+    <w:rsid w:val="00CD164F"/>
+    <w:rsid w:val="00CD1B5D"/>
+    <w:rsid w:val="00CD3318"/>
+    <w:rsid w:val="00CD365B"/>
+    <w:rsid w:val="00CD4470"/>
+    <w:rsid w:val="00CD5199"/>
+    <w:rsid w:val="00CD5416"/>
+    <w:rsid w:val="00CD61B5"/>
+    <w:rsid w:val="00CD7921"/>
+    <w:rsid w:val="00CD7B04"/>
+    <w:rsid w:val="00CE04EF"/>
+    <w:rsid w:val="00CE22E3"/>
+    <w:rsid w:val="00CE39C8"/>
+    <w:rsid w:val="00CE431E"/>
+    <w:rsid w:val="00CE5CD3"/>
+    <w:rsid w:val="00CF04F8"/>
+    <w:rsid w:val="00CF27ED"/>
+    <w:rsid w:val="00CF75CF"/>
+    <w:rsid w:val="00CF7BF2"/>
+    <w:rsid w:val="00D04A2C"/>
+    <w:rsid w:val="00D060D8"/>
+    <w:rsid w:val="00D0643D"/>
+    <w:rsid w:val="00D06AD2"/>
+    <w:rsid w:val="00D07424"/>
+    <w:rsid w:val="00D074D6"/>
+    <w:rsid w:val="00D11650"/>
+    <w:rsid w:val="00D158D2"/>
+    <w:rsid w:val="00D20373"/>
+    <w:rsid w:val="00D20A93"/>
+    <w:rsid w:val="00D21DD4"/>
+    <w:rsid w:val="00D24B0A"/>
+    <w:rsid w:val="00D26C9D"/>
+    <w:rsid w:val="00D273CF"/>
+    <w:rsid w:val="00D3175E"/>
+    <w:rsid w:val="00D33A1C"/>
+    <w:rsid w:val="00D3407F"/>
+    <w:rsid w:val="00D36148"/>
+    <w:rsid w:val="00D36F66"/>
+    <w:rsid w:val="00D37480"/>
+    <w:rsid w:val="00D37BCC"/>
+    <w:rsid w:val="00D40A6F"/>
+    <w:rsid w:val="00D41E29"/>
+    <w:rsid w:val="00D42FB7"/>
+    <w:rsid w:val="00D44F9D"/>
+    <w:rsid w:val="00D453FF"/>
+    <w:rsid w:val="00D457A2"/>
+    <w:rsid w:val="00D47521"/>
+    <w:rsid w:val="00D4752E"/>
+    <w:rsid w:val="00D513D1"/>
+    <w:rsid w:val="00D516E0"/>
+    <w:rsid w:val="00D5248B"/>
+    <w:rsid w:val="00D52946"/>
+    <w:rsid w:val="00D52CA7"/>
+    <w:rsid w:val="00D550E6"/>
+    <w:rsid w:val="00D5554F"/>
+    <w:rsid w:val="00D55B1B"/>
+    <w:rsid w:val="00D563BE"/>
+    <w:rsid w:val="00D64882"/>
+    <w:rsid w:val="00D65FB0"/>
+    <w:rsid w:val="00D66021"/>
+    <w:rsid w:val="00D71475"/>
+    <w:rsid w:val="00D7295F"/>
+    <w:rsid w:val="00D73D77"/>
+    <w:rsid w:val="00D768CC"/>
+    <w:rsid w:val="00D83213"/>
+    <w:rsid w:val="00D85859"/>
+    <w:rsid w:val="00D863FD"/>
+    <w:rsid w:val="00D8658E"/>
+    <w:rsid w:val="00D9030F"/>
+    <w:rsid w:val="00D91374"/>
+    <w:rsid w:val="00D917E9"/>
+    <w:rsid w:val="00D91F4D"/>
+    <w:rsid w:val="00D9258B"/>
+    <w:rsid w:val="00D92BA9"/>
+    <w:rsid w:val="00D95D06"/>
+    <w:rsid w:val="00D97570"/>
+    <w:rsid w:val="00DA091B"/>
+    <w:rsid w:val="00DA17DF"/>
+    <w:rsid w:val="00DA478A"/>
+    <w:rsid w:val="00DA4859"/>
+    <w:rsid w:val="00DA527F"/>
+    <w:rsid w:val="00DA5CDC"/>
+    <w:rsid w:val="00DA623E"/>
+    <w:rsid w:val="00DB0FE2"/>
+    <w:rsid w:val="00DB12A7"/>
+    <w:rsid w:val="00DB1D33"/>
+    <w:rsid w:val="00DB2E31"/>
+    <w:rsid w:val="00DB3C19"/>
+    <w:rsid w:val="00DB5719"/>
+    <w:rsid w:val="00DB5E62"/>
+    <w:rsid w:val="00DB5E83"/>
+    <w:rsid w:val="00DB6DBD"/>
+    <w:rsid w:val="00DC0E29"/>
+    <w:rsid w:val="00DC43A2"/>
+    <w:rsid w:val="00DC4B44"/>
+    <w:rsid w:val="00DC5232"/>
+    <w:rsid w:val="00DC559B"/>
+    <w:rsid w:val="00DC5CDF"/>
+    <w:rsid w:val="00DC6C44"/>
+    <w:rsid w:val="00DC7B33"/>
+    <w:rsid w:val="00DD0E5B"/>
+    <w:rsid w:val="00DD3210"/>
+    <w:rsid w:val="00DD3D5C"/>
+    <w:rsid w:val="00DD46CD"/>
+    <w:rsid w:val="00DD72CF"/>
+    <w:rsid w:val="00DD782E"/>
+    <w:rsid w:val="00DE20E1"/>
+    <w:rsid w:val="00DE310B"/>
+    <w:rsid w:val="00DE38B1"/>
+    <w:rsid w:val="00DE4E64"/>
+    <w:rsid w:val="00DE7385"/>
+    <w:rsid w:val="00DE7DA9"/>
+    <w:rsid w:val="00DF245B"/>
+    <w:rsid w:val="00DF3465"/>
+    <w:rsid w:val="00DF4D23"/>
+    <w:rsid w:val="00DF524C"/>
+    <w:rsid w:val="00E008C0"/>
+    <w:rsid w:val="00E03157"/>
+    <w:rsid w:val="00E03D80"/>
+    <w:rsid w:val="00E0422E"/>
+    <w:rsid w:val="00E04F31"/>
+    <w:rsid w:val="00E06936"/>
+    <w:rsid w:val="00E10411"/>
+    <w:rsid w:val="00E11593"/>
+    <w:rsid w:val="00E11DEF"/>
+    <w:rsid w:val="00E127B1"/>
+    <w:rsid w:val="00E13B86"/>
+    <w:rsid w:val="00E15938"/>
+    <w:rsid w:val="00E179A3"/>
+    <w:rsid w:val="00E218AD"/>
+    <w:rsid w:val="00E21BB2"/>
+    <w:rsid w:val="00E22901"/>
+    <w:rsid w:val="00E2306A"/>
+    <w:rsid w:val="00E2338B"/>
+    <w:rsid w:val="00E2341C"/>
+    <w:rsid w:val="00E24134"/>
+    <w:rsid w:val="00E24BEA"/>
+    <w:rsid w:val="00E25577"/>
+    <w:rsid w:val="00E2580D"/>
+    <w:rsid w:val="00E25C0C"/>
+    <w:rsid w:val="00E25FA8"/>
+    <w:rsid w:val="00E26ED1"/>
+    <w:rsid w:val="00E26FD7"/>
+    <w:rsid w:val="00E30321"/>
+    <w:rsid w:val="00E311AB"/>
+    <w:rsid w:val="00E336C6"/>
+    <w:rsid w:val="00E43CC0"/>
+    <w:rsid w:val="00E44380"/>
+    <w:rsid w:val="00E516E0"/>
+    <w:rsid w:val="00E540EC"/>
+    <w:rsid w:val="00E557C3"/>
+    <w:rsid w:val="00E56145"/>
+    <w:rsid w:val="00E56766"/>
+    <w:rsid w:val="00E57177"/>
+    <w:rsid w:val="00E57C31"/>
+    <w:rsid w:val="00E60064"/>
+    <w:rsid w:val="00E650F8"/>
+    <w:rsid w:val="00E66917"/>
+    <w:rsid w:val="00E66AE0"/>
+    <w:rsid w:val="00E67FB6"/>
+    <w:rsid w:val="00E73183"/>
+    <w:rsid w:val="00E7463B"/>
+    <w:rsid w:val="00E807B0"/>
+    <w:rsid w:val="00E82B9E"/>
+    <w:rsid w:val="00E84A1E"/>
+    <w:rsid w:val="00E869D3"/>
+    <w:rsid w:val="00E86FD0"/>
+    <w:rsid w:val="00E8797E"/>
+    <w:rsid w:val="00E90604"/>
+    <w:rsid w:val="00E91695"/>
+    <w:rsid w:val="00E91963"/>
+    <w:rsid w:val="00E91D95"/>
+    <w:rsid w:val="00E9422B"/>
+    <w:rsid w:val="00E95A60"/>
+    <w:rsid w:val="00E96009"/>
+    <w:rsid w:val="00E96A32"/>
+    <w:rsid w:val="00E96CC5"/>
+    <w:rsid w:val="00E96D91"/>
+    <w:rsid w:val="00E96FE7"/>
+    <w:rsid w:val="00E975C7"/>
+    <w:rsid w:val="00EA1332"/>
+    <w:rsid w:val="00EA14B1"/>
+    <w:rsid w:val="00EA25ED"/>
+    <w:rsid w:val="00EA3985"/>
+    <w:rsid w:val="00EA3B9A"/>
+    <w:rsid w:val="00EA62FF"/>
+    <w:rsid w:val="00EA758E"/>
+    <w:rsid w:val="00EA7BF9"/>
+    <w:rsid w:val="00EB122C"/>
+    <w:rsid w:val="00EB30FD"/>
+    <w:rsid w:val="00EB377F"/>
+    <w:rsid w:val="00EB6851"/>
+    <w:rsid w:val="00EB6F26"/>
+    <w:rsid w:val="00EB6F3F"/>
+    <w:rsid w:val="00EC078F"/>
+    <w:rsid w:val="00EC0829"/>
+    <w:rsid w:val="00EC3EC3"/>
+    <w:rsid w:val="00EC5A3C"/>
+    <w:rsid w:val="00EC6380"/>
+    <w:rsid w:val="00EC63C8"/>
+    <w:rsid w:val="00EC7074"/>
+    <w:rsid w:val="00ED3322"/>
+    <w:rsid w:val="00ED3B78"/>
+    <w:rsid w:val="00ED3BD1"/>
+    <w:rsid w:val="00ED5045"/>
+    <w:rsid w:val="00ED5377"/>
+    <w:rsid w:val="00ED6ED9"/>
+    <w:rsid w:val="00ED724D"/>
+    <w:rsid w:val="00ED79C6"/>
+    <w:rsid w:val="00EE25A4"/>
+    <w:rsid w:val="00EE25B6"/>
+    <w:rsid w:val="00EE36C9"/>
+    <w:rsid w:val="00EE46C7"/>
+    <w:rsid w:val="00EE6732"/>
+    <w:rsid w:val="00EF009A"/>
+    <w:rsid w:val="00EF169C"/>
+    <w:rsid w:val="00EF28BB"/>
+    <w:rsid w:val="00EF368A"/>
+    <w:rsid w:val="00EF40D9"/>
+    <w:rsid w:val="00EF5C0B"/>
+    <w:rsid w:val="00EF7472"/>
+    <w:rsid w:val="00F01F1A"/>
+    <w:rsid w:val="00F01F81"/>
+    <w:rsid w:val="00F0235E"/>
+    <w:rsid w:val="00F026D0"/>
+    <w:rsid w:val="00F02F1F"/>
+    <w:rsid w:val="00F10185"/>
+    <w:rsid w:val="00F11199"/>
+    <w:rsid w:val="00F1207E"/>
+    <w:rsid w:val="00F12619"/>
+    <w:rsid w:val="00F12DBA"/>
+    <w:rsid w:val="00F13435"/>
+    <w:rsid w:val="00F1349F"/>
+    <w:rsid w:val="00F14290"/>
+    <w:rsid w:val="00F207A3"/>
+    <w:rsid w:val="00F20818"/>
+    <w:rsid w:val="00F21266"/>
+    <w:rsid w:val="00F226A1"/>
+    <w:rsid w:val="00F230FF"/>
+    <w:rsid w:val="00F237CA"/>
+    <w:rsid w:val="00F245A0"/>
+    <w:rsid w:val="00F257B7"/>
+    <w:rsid w:val="00F2621C"/>
+    <w:rsid w:val="00F31906"/>
+    <w:rsid w:val="00F3304D"/>
+    <w:rsid w:val="00F33E35"/>
+    <w:rsid w:val="00F35773"/>
+    <w:rsid w:val="00F3649A"/>
+    <w:rsid w:val="00F3652A"/>
+    <w:rsid w:val="00F419B1"/>
+    <w:rsid w:val="00F42924"/>
+    <w:rsid w:val="00F431D6"/>
+    <w:rsid w:val="00F431FA"/>
+    <w:rsid w:val="00F432F4"/>
+    <w:rsid w:val="00F4400A"/>
+    <w:rsid w:val="00F4517E"/>
+    <w:rsid w:val="00F45686"/>
+    <w:rsid w:val="00F5167E"/>
+    <w:rsid w:val="00F53168"/>
+    <w:rsid w:val="00F53F46"/>
+    <w:rsid w:val="00F54F5E"/>
+    <w:rsid w:val="00F559C7"/>
+    <w:rsid w:val="00F55D32"/>
+    <w:rsid w:val="00F55EDB"/>
+    <w:rsid w:val="00F5617C"/>
+    <w:rsid w:val="00F56A80"/>
+    <w:rsid w:val="00F56A9F"/>
+    <w:rsid w:val="00F579D9"/>
+    <w:rsid w:val="00F617A3"/>
+    <w:rsid w:val="00F628C3"/>
+    <w:rsid w:val="00F71633"/>
+    <w:rsid w:val="00F721BB"/>
+    <w:rsid w:val="00F73017"/>
+    <w:rsid w:val="00F73594"/>
+    <w:rsid w:val="00F7368B"/>
+    <w:rsid w:val="00F73698"/>
+    <w:rsid w:val="00F73C95"/>
+    <w:rsid w:val="00F7497C"/>
+    <w:rsid w:val="00F778A5"/>
+    <w:rsid w:val="00F81326"/>
+    <w:rsid w:val="00F81358"/>
+    <w:rsid w:val="00F824D4"/>
+    <w:rsid w:val="00F8262E"/>
+    <w:rsid w:val="00F82EA8"/>
+    <w:rsid w:val="00F83301"/>
+    <w:rsid w:val="00F847ED"/>
+    <w:rsid w:val="00F84851"/>
+    <w:rsid w:val="00F86E42"/>
+    <w:rsid w:val="00F86EA7"/>
+    <w:rsid w:val="00F87DB0"/>
+    <w:rsid w:val="00F87E5D"/>
+    <w:rsid w:val="00F90430"/>
+    <w:rsid w:val="00F91D35"/>
+    <w:rsid w:val="00F91FC7"/>
+    <w:rsid w:val="00F93256"/>
+    <w:rsid w:val="00FA7229"/>
+    <w:rsid w:val="00FA76BA"/>
+    <w:rsid w:val="00FA7FFA"/>
+    <w:rsid w:val="00FB155E"/>
+    <w:rsid w:val="00FB1D17"/>
+    <w:rsid w:val="00FB2842"/>
+    <w:rsid w:val="00FB2A99"/>
+    <w:rsid w:val="00FB37E0"/>
+    <w:rsid w:val="00FB380F"/>
+    <w:rsid w:val="00FB3906"/>
+    <w:rsid w:val="00FB3A04"/>
+    <w:rsid w:val="00FB41EB"/>
+    <w:rsid w:val="00FB4BF0"/>
+    <w:rsid w:val="00FB56FE"/>
+    <w:rsid w:val="00FB5862"/>
+    <w:rsid w:val="00FB6845"/>
+    <w:rsid w:val="00FB7F2D"/>
+    <w:rsid w:val="00FC21DB"/>
+    <w:rsid w:val="00FC231F"/>
+    <w:rsid w:val="00FC5FDE"/>
+    <w:rsid w:val="00FC615E"/>
+    <w:rsid w:val="00FD172D"/>
+    <w:rsid w:val="00FD2000"/>
+    <w:rsid w:val="00FD25B6"/>
+    <w:rsid w:val="00FD2916"/>
+    <w:rsid w:val="00FD4473"/>
+    <w:rsid w:val="00FD4670"/>
+    <w:rsid w:val="00FD58B2"/>
+    <w:rsid w:val="00FD76E5"/>
+    <w:rsid w:val="00FD7E02"/>
+    <w:rsid w:val="00FE1E66"/>
+    <w:rsid w:val="00FE36FD"/>
+    <w:rsid w:val="00FE3B1A"/>
+    <w:rsid w:val="00FE442B"/>
+    <w:rsid w:val="00FE4B90"/>
+    <w:rsid w:val="00FE66F1"/>
+    <w:rsid w:val="00FE7214"/>
+    <w:rsid w:val="00FF0436"/>
+    <w:rsid w:val="00FF34C4"/>
+    <w:rsid w:val="00FF3EAC"/>
+    <w:rsid w:val="00FF63BA"/>
+    <w:rsid w:val="00FF63C9"/>
+    <w:rsid w:val="00FF744A"/>
+    <w:rsid w:val="00FF7490"/>
+    <w:rsid w:val="405AFC6B"/>
+    <w:rsid w:val="7FEDFA6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="425486CD"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7ADB0317-1835-482F-919E-AEC836C57E0D}"/>
+  <w14:docId w14:val="55A7628D"/>
+  <w15:docId w15:val="{3B815F18-AFEF-42D5-8E32-100549FFCBDD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...10 lines deleted...]
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3172,735 +5284,6487 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00192058"/>
+    <w:rsid w:val="00B81E23"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arrus BT" w:hAnsi="Arrus BT"/>
-[...1 lines deleted...]
-      <w:sz w:val="21"/>
+      <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop4">
-    <w:name w:val="heading 4"/>
+  <w:style w:type="paragraph" w:styleId="Kop1">
+    <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
-    <w:link w:val="Kop4Char"/>
+    <w:link w:val="Kop1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0026598A"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="009CB4"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="009CB4"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="009CB4"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="009CB4"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="009CB4"/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DC4B00"/>
+    <w:rsid w:val="00A166B0"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kop3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007C5E80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...7 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Plattetekst2">
-[...28 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="KoptekstChar"/>
-    <w:rsid w:val="00465B61"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F5EC7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
     <w:name w:val="Koptekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Koptekst"/>
-    <w:rsid w:val="00465B61"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002F5EC7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Voettekst">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="VoettekstChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00465B61"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F5EC7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
     <w:name w:val="Voettekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Voettekst"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00465B61"/>
+    <w:rsid w:val="002F5EC7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0026598A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arrus BT" w:hAnsi="Arrus BT"/>
-[...1 lines deleted...]
-      <w:sz w:val="21"/>
+      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="15"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="009CB4"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normaalweb">
-[...1 lines deleted...]
-    <w:basedOn w:val="Standaard"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007821CC"/>
+    <w:rsid w:val="002F5EC7"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F5EC7"/>
     <w:pPr>
-      <w:widowControl/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002F5EC7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0053589E"/>
+    <w:rsid w:val="002F5EC7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...25 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="Tabelraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standaardtabel"/>
-    <w:rsid w:val="00DC4B00"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="002F5EC7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensievebenadrukking">
-[...4 lines deleted...]
-    <w:rsid w:val="00DC4B00"/>
+  <w:style w:type="paragraph" w:styleId="Ballontekst">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="BallontekstChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00924A2F"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Subtielebenadrukking">
-    <w:name w:val="Subtle Emphasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
+    <w:name w:val="Ballontekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:uiPriority w:val="19"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003738C6"/>
+    <w:link w:val="Ballontekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00924A2F"/>
     <w:rPr>
-      <w:i/>
-[...22 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstopmerking">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Standaard"/>
     <w:link w:val="TekstopmerkingChar"/>
-    <w:rsid w:val="00CA64EE"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
     <w:name w:val="Tekst opmerking Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Tekstopmerking"/>
-    <w:rsid w:val="00CA64EE"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arrus BT" w:hAnsi="Arrus BT"/>
-      <w:snapToGrid w:val="0"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nadruk">
-    <w:name w:val="Emphasis"/>
+  <w:style w:type="character" w:styleId="Verwijzingopmerking">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:qFormat/>
-    <w:rsid w:val="002F35DF"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ondertitel">
-[...3 lines deleted...]
-    <w:link w:val="OndertitelChar"/>
+  <w:style w:type="paragraph" w:styleId="Geenafstand">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002F35DF"/>
+    <w:rsid w:val="00AA7495"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:spacing w:after="160"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
-    <w:name w:val="Ondertitel Char"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00AD3BF4"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii=".SF UI Text" w:eastAsiaTheme="minorHAnsi" w:hAnsi=".SF UI Text" w:cs="Times New Roman"/>
+      <w:color w:val="454545"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Ondertitel"/>
-    <w:rsid w:val="002F35DF"/>
+    <w:rsid w:val="00AD3BF4"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:spacing w:val="15"/>
+      <w:rFonts w:ascii=".SFUIText" w:hAnsi=".SFUIText" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="00AD3BF4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p2">
+    <w:name w:val="p2"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00AD3BF4"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii=".SF UI Text" w:eastAsiaTheme="minorHAnsi" w:hAnsi=".SF UI Text" w:cs="Times New Roman"/>
+      <w:color w:val="454545"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normaalweb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD3210"/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="nl-NL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstopmerking"/>
+    <w:next w:val="Tekstopmerking"/>
+    <w:link w:val="OnderwerpvanopmerkingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E516E0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
+    <w:name w:val="Onderwerp van opmerking Char"/>
+    <w:basedOn w:val="TekstopmerkingChar"/>
+    <w:link w:val="Onderwerpvanopmerking"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00466878"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007C5E80"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisie">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B3C47"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstzonderopmaak">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="TekstzonderopmaakChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA0BC0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstzonderopmaakChar">
+    <w:name w:val="Tekst zonder opmaak Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Tekstzonderopmaak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA0BC0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F7089"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD4473"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A166B0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="557328515">
-[...25 lines deleted...]
-    <w:div w:id="1856462013">
+    <w:div w:id="3480742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="13192542">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="42140605">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1440492674">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1565020815">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="534972253">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="275527937">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="48068211">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="60832673">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="63601453">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="362826301">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1013068100">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="150219072">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="69011123">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="169224966">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1833717579">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="98450793">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="104883259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="766729001">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1583173909">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="561714863">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2062291419">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="655382049">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1173570775">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="109979517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="122817011">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="21368155">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2076469623">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1055543952">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1391727802">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2025128699">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1119958255">
+          <w:marLeft w:val="1973"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1589996728">
+          <w:marLeft w:val="1973"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="152111661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="69274692">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1370185743">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1881744970">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="167915918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="355690495">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1274823010">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="188834693">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="100609691">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="169681771">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="175579369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="178550023">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="208302711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="420301013">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="992562023">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1859200086">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="218828916">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="219481980">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="55976831">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="893539422">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2114277914">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1900164857">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="219828782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1533836729">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="302586808">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2081099017">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1468548850">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="129790686">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="405569113">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1169518587">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1385174821">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1401369410">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="220211529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="621301926">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="235554219">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="247234447">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="268436752">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="116874213">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="120"/>
+          <w:marBottom w:val="120"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="282078244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="351304440">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1362390468">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1968125461">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1789469676">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="661087178">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="330841950">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="356781557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1143039051">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="493954568">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="358045791">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="362484639">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="902714090">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="187723444">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="396393587">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="407963981">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="702173637">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="408769647">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1082215569">
+          <w:marLeft w:val="1440"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1667783894">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="436144018">
+          <w:marLeft w:val="1440"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="919603321">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1170755302">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="109932701">
+          <w:marLeft w:val="1440"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="633409509">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="351607964">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="430131601">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1583686249">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="439764614">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="443579277">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1600063115">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1815562732">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1971133749">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="445199691">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="564413966">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="463815529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="496195073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="506797809">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="461386074">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1088044744">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="525945434">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="679355879">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="524944555">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="543831970">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1994330931">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="543980244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="545067917">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1858734987">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1146363541">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="392628455">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2145805543">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="553976101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="554657800">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1777477619">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="555287056">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1262059278">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1294485802">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="820123666">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309089500">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="411586493">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="558056562">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1785078133">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1103189843">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="494956666">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="574172728">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1077245839">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="753867542">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1572808548">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1000424911">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1297295991">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="578905546">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1102535120">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="589317600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1923375001">
+          <w:marLeft w:val="605"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="589508844">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="599947552">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="621769777">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="490026636">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="625279531">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="635723029">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="448814321">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="643049474">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="652372963">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="665287139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1999648951">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1863351544">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="184828212">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="933826373">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="850804604">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1441990831">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="690956014">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="703096676">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="739443124">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1905723299">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="672221398">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="438256616">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="705835111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="664171014">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="437453949">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="712460865">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="774252214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="345442870">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1279802595">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="662318356">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1353606192">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="780034468">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1211309568">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="657534910">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="784928545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2041198999">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="644242017">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="421923381">
+          <w:marLeft w:val="2160"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="812331007">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="656687641">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="778795701">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="863714777">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="866985985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="683164505">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1269853066">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1652753429">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="913779847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="916210069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="314799987">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225486435">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="348145300">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2135246461">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="808211685">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1128932546">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="541985087">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="927275877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="293370390">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="930088422">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1209219584">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="92867996">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="308245073">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="950014144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="971252719">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1191142231">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="826242258">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="649746783">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="997727219">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1919169982">
+          <w:marLeft w:val="374"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="155"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="117142017">
+          <w:marLeft w:val="374"/>
+          <w:marRight w:val="14"/>
+          <w:marTop w:val="212"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="163397911">
+          <w:marLeft w:val="374"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="124"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="998967363">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1000354951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1419210459">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754400055">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2133552908">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="923342334">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1002006754">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="360319879">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1002781924">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="513305355">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1005019139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1069186778">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1082721245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="890731930">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="108165480">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="393624652">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1093665678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="132673058">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="878398898">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1795828924">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1530754461">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1780754169">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1093666514">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1123690371">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="49035159">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1126852305">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="434980020">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1130245517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1136266166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2061319824">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1138959449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="659116855">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1914922734">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="197789571">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1146892307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="79564979">
+          <w:marLeft w:val="1354"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="213"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="741219131">
+          <w:marLeft w:val="1354"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="213"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1161041491">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1162158104">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1185482434">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1200387888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1488471937">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1203859345">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="875392296">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1206136945">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1208564107">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1218056490">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1222130520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1231573695">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1239897275">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="314259890">
+          <w:marLeft w:val="3600"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1392122333">
+          <w:marLeft w:val="3600"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1765035706">
+          <w:marLeft w:val="3600"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1247033174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1260216122">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="985278256">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="293757240">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1341616964">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1179737618">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1462845189">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1264192708">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1301691702">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1304853417">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="684286118">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073086533">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1322542071">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1335764228">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1115104024">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1345132092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1565414059">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="384984709">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="522086960">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519515520">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1980455644">
+          <w:marLeft w:val="806"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1355880269">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1408653197">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="559563744">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1643459116">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1397972785">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="339159638">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1584408753">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1960140178">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1410886323">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1415735997">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1417753479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1439833779">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1448966755">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1349721092">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1479302214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1519006899">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1513296867">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1520777580">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="768240300">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="337659288">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="174079166">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1551381327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1320424188">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1660502910">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="503253476">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1248344164">
+          <w:marLeft w:val="2520"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1558009300">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2115635041">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1628851651">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1566840877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="855775613">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225751374">
+          <w:marLeft w:val="3960"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="202987097">
+          <w:marLeft w:val="3960"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1151211603">
+          <w:marLeft w:val="3960"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2047634128">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2133328516">
+          <w:marLeft w:val="3960"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1516728248">
+          <w:marLeft w:val="3960"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1679043936">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1571689587">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1153525650">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="271934319">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1753038698">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2119181015">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2560011">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1811558062">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1329363253">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1251502432">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1074201556">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1590892948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="280842114">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1599097595">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="591351823">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1618675624">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1861238314">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1619722729">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="727726934">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1619754590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="142699954">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1622227521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1638336042">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1679230004">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1687751480">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="148058598">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="698163865">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1688865694">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1696465229">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1700811009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="150096550">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1714308277">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1721902686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1059401933">
+          <w:marLeft w:val="562"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="213"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="131294641">
+          <w:marLeft w:val="562"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="213"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1732919002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2090038329">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="702898738">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="575630924">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884126787">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="417168845">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1694916985">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1015153380">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1735352009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="149716173">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1775511343">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1783694464">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1508866246">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="798764244">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="195509755">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1803189503">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="617373607">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1423330331">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2006469587">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2023168638">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1840150101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1854802703">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1884555227">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1857963500">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="418016730">
+          <w:marLeft w:val="533"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1862813145">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1894727481">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1896889644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1899658940">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1670864607">
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1120032236">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2096901126">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1185241174">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1162310725">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1706828625">
+          <w:marLeft w:val="965"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1901015815">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="655259651">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="977806944">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1072847193">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1605575472">
+          <w:marLeft w:val="1080"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1908110287">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2002850435">
+          <w:marLeft w:val="533"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761487788">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="113328291">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="803890739">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1094205493">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1932738614">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="110"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1921400297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1534924074">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926649025">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="470440959">
+          <w:marLeft w:val="1397"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="120"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="243227748">
+          <w:marLeft w:val="1397"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="120"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="554775685">
+          <w:marLeft w:val="1397"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="120"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1970238324">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1971283868">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983578957">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1988240981">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1371035945">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="290526955">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="531577816">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1992899976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2059476746">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2063167486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2072731319">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2086800982">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2107311774">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1642997726">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2123106477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1037392365">
+          <w:marLeft w:val="1800"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2125727755">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2125729849">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2135976204">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rs-rpo@amsterdamumc.nl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://intranet.amc.nl/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Kantoor">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Kantoor">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917BB516-E18F-43D3-BCEA-C98429E8695D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1022</Characters>
+  <Pages>3</Pages>
+  <Words>267</Words>
+  <Characters>1470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bestedingsplan AMC-UvA Aspasia premie</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AMC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1198</CharactersWithSpaces>
+  <CharactersWithSpaces>1734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Bestedingsplan AMC-UvA Aspasia premie</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title/>
+  <dc:creator>c.steegers@amsterdamumc.nl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>